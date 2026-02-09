--- v0 (2025-12-26)
+++ v1 (2026-02-09)
@@ -10,70 +10,151 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="rates_history" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="375" uniqueCount="295">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="306">
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Долар США</t>
   </si>
   <si>
     <t>Євро</t>
   </si>
   <si>
     <t>Злотий</t>
   </si>
   <si>
     <t>Купівля</t>
   </si>
   <si>
     <t>Продаж</t>
   </si>
   <si>
+    <t>43.1</t>
+  </si>
+  <si>
+    <t>43.17</t>
+  </si>
+  <si>
+    <t>43.21</t>
+  </si>
+  <si>
+    <t>43.25</t>
+  </si>
+  <si>
+    <t>42.89</t>
+  </si>
+  <si>
+    <t>42.85</t>
+  </si>
+  <si>
+    <t>42.76</t>
+  </si>
+  <si>
+    <t>43.14</t>
+  </si>
+  <si>
+    <t>43.15</t>
+  </si>
+  <si>
+    <t>43.225</t>
+  </si>
+  <si>
+    <t>43.19</t>
+  </si>
+  <si>
+    <t>43.245</t>
+  </si>
+  <si>
+    <t>43.43</t>
+  </si>
+  <si>
+    <t>43.45</t>
+  </si>
+  <si>
+    <t>43.06</t>
+  </si>
+  <si>
+    <t>43.27</t>
+  </si>
+  <si>
+    <t>43.108</t>
+  </si>
+  <si>
+    <t>43.065</t>
+  </si>
+  <si>
+    <t>42.75</t>
+  </si>
+  <si>
+    <t>42.555</t>
+  </si>
+  <si>
+    <t>42.445</t>
+  </si>
+  <si>
+    <t>42.305</t>
+  </si>
+  <si>
+    <t>42.15</t>
+  </si>
+  <si>
+    <t>42.37</t>
+  </si>
+  <si>
+    <t>42.405</t>
+  </si>
+  <si>
+    <t>42.24</t>
+  </si>
+  <si>
+    <t>42.068</t>
+  </si>
+  <si>
     <t>42.175</t>
   </si>
   <si>
     <t>42.125</t>
   </si>
   <si>
     <t>42.2</t>
   </si>
   <si>
     <t>42.245</t>
   </si>
   <si>
     <t>42.355</t>
   </si>
   <si>
     <t>42.365</t>
   </si>
   <si>
     <t>42.19</t>
   </si>
   <si>
     <t>42.285</t>
   </si>
   <si>
     <t>42.22</t>
@@ -117,264 +198,267 @@
   <si>
     <t>42.42</t>
   </si>
   <si>
     <t>42.16</t>
   </si>
   <si>
     <t>42.09</t>
   </si>
   <si>
     <t>42.085</t>
   </si>
   <si>
     <t>42.055</t>
   </si>
   <si>
     <t>42.06</t>
   </si>
   <si>
     <t>42.065</t>
   </si>
   <si>
     <t>42.048</t>
   </si>
   <si>
-    <t>42.045</t>
-[...80 lines deleted...]
-    <t>41.345</t>
+    <t>43.13</t>
+  </si>
+  <si>
+    <t>43.199</t>
+  </si>
+  <si>
+    <t>43.24</t>
+  </si>
+  <si>
+    <t>43.275</t>
+  </si>
+  <si>
+    <t>43.028</t>
+  </si>
+  <si>
+    <t>42.92</t>
+  </si>
+  <si>
+    <t>42.88</t>
+  </si>
+  <si>
+    <t>42.79</t>
+  </si>
+  <si>
+    <t>43.03</t>
+  </si>
+  <si>
+    <t>43.18</t>
+  </si>
+  <si>
+    <t>43.258</t>
+  </si>
+  <si>
+    <t>43.22</t>
+  </si>
+  <si>
+    <t>43.255</t>
+  </si>
+  <si>
+    <t>43.46</t>
+  </si>
+  <si>
+    <t>43.48</t>
+  </si>
+  <si>
+    <t>43.09</t>
+  </si>
+  <si>
+    <t>43.3</t>
+  </si>
+  <si>
+    <t>43.138</t>
+  </si>
+  <si>
+    <t>43.095</t>
+  </si>
+  <si>
+    <t>42.778</t>
+  </si>
+  <si>
+    <t>42.585</t>
+  </si>
+  <si>
+    <t>42.475</t>
+  </si>
+  <si>
+    <t>42.335</t>
+  </si>
+  <si>
+    <t>42.4</t>
+  </si>
+  <si>
+    <t>42.435</t>
+  </si>
+  <si>
+    <t>42.098</t>
   </si>
   <si>
     <t>42.03</t>
   </si>
   <si>
     <t>42.205</t>
   </si>
   <si>
     <t>42.155</t>
   </si>
   <si>
     <t>42.23</t>
   </si>
   <si>
     <t>42.275</t>
   </si>
   <si>
     <t>42.385</t>
   </si>
   <si>
     <t>42.397</t>
   </si>
   <si>
     <t>42.315</t>
   </si>
   <si>
     <t>42.25</t>
   </si>
   <si>
     <t>42.308</t>
   </si>
   <si>
     <t>42.1425</t>
   </si>
   <si>
-    <t>42.15</t>
-[...1 lines deleted...]
-  <si>
     <t>42.255</t>
   </si>
   <si>
     <t>42.21</t>
   </si>
   <si>
-    <t>42.335</t>
-[...1 lines deleted...]
-  <si>
     <t>42.456</t>
   </si>
   <si>
     <t>42.11</t>
   </si>
   <si>
     <t>42.115</t>
   </si>
   <si>
     <t>42.088</t>
   </si>
   <si>
     <t>42.093</t>
   </si>
   <si>
     <t>42.078</t>
   </si>
   <si>
-    <t>42.04</t>
-[...65 lines deleted...]
-    <t>41.375</t>
+    <t>50.82</t>
+  </si>
+  <si>
+    <t>50.89</t>
+  </si>
+  <si>
+    <t>51.03</t>
+  </si>
+  <si>
+    <t>50.99</t>
+  </si>
+  <si>
+    <t>51.12</t>
+  </si>
+  <si>
+    <t>51.23</t>
+  </si>
+  <si>
+    <t>51.21</t>
+  </si>
+  <si>
+    <t>51.1</t>
+  </si>
+  <si>
+    <t>51.155</t>
+  </si>
+  <si>
+    <t>50.615</t>
+  </si>
+  <si>
+    <t>50.525</t>
+  </si>
+  <si>
+    <t>50.545</t>
+  </si>
+  <si>
+    <t>50.66</t>
+  </si>
+  <si>
+    <t>50.26</t>
+  </si>
+  <si>
+    <t>50.425</t>
+  </si>
+  <si>
+    <t>50.16</t>
+  </si>
+  <si>
+    <t>50.38</t>
+  </si>
+  <si>
+    <t>50.54</t>
+  </si>
+  <si>
+    <t>50.175</t>
+  </si>
+  <si>
+    <t>50.275</t>
+  </si>
+  <si>
+    <t>49.955</t>
+  </si>
+  <si>
+    <t>49.83</t>
+  </si>
+  <si>
+    <t>49.585</t>
+  </si>
+  <si>
+    <t>49.55</t>
+  </si>
+  <si>
+    <t>49.53</t>
+  </si>
+  <si>
+    <t>49.73</t>
+  </si>
+  <si>
+    <t>49.92</t>
+  </si>
+  <si>
+    <t>49.505</t>
   </si>
   <si>
     <t>49.45</t>
   </si>
   <si>
     <t>49.75</t>
   </si>
   <si>
     <t>49.675</t>
   </si>
   <si>
     <t>49.51</t>
   </si>
   <si>
     <t>49.475</t>
   </si>
   <si>
     <t>49.64</t>
   </si>
   <si>
     <t>49.625</t>
   </si>
   <si>
     <t>49.595</t>
   </si>
@@ -417,126 +501,135 @@
   <si>
     <t>48.925</t>
   </si>
   <si>
     <t>48.69</t>
   </si>
   <si>
     <t>48.59</t>
   </si>
   <si>
     <t>48.688</t>
   </si>
   <si>
     <t>48.74</t>
   </si>
   <si>
     <t>48.788</t>
   </si>
   <si>
     <t>48.845</t>
   </si>
   <si>
     <t>48.64</t>
   </si>
   <si>
-    <t>48.625</t>
-[...74 lines deleted...]
-    <t>48.43</t>
+    <t>50.88</t>
+  </si>
+  <si>
+    <t>50.95</t>
+  </si>
+  <si>
+    <t>51.09</t>
+  </si>
+  <si>
+    <t>51.05</t>
+  </si>
+  <si>
+    <t>51.06</t>
+  </si>
+  <si>
+    <t>51.18</t>
+  </si>
+  <si>
+    <t>51.29</t>
+  </si>
+  <si>
+    <t>51.27</t>
+  </si>
+  <si>
+    <t>51.16</t>
+  </si>
+  <si>
+    <t>51.215</t>
+  </si>
+  <si>
+    <t>50.675</t>
+  </si>
+  <si>
+    <t>50.586</t>
+  </si>
+  <si>
+    <t>50.605</t>
+  </si>
+  <si>
+    <t>50.72</t>
+  </si>
+  <si>
+    <t>50.318</t>
+  </si>
+  <si>
+    <t>50.485</t>
+  </si>
+  <si>
+    <t>50.22</t>
+  </si>
+  <si>
+    <t>50.44</t>
+  </si>
+  <si>
+    <t>50.6</t>
+  </si>
+  <si>
+    <t>50.235</t>
+  </si>
+  <si>
+    <t>50.335</t>
+  </si>
+  <si>
+    <t>50.015</t>
+  </si>
+  <si>
+    <t>49.898</t>
+  </si>
+  <si>
+    <t>49.645</t>
+  </si>
+  <si>
+    <t>49.608</t>
+  </si>
+  <si>
+    <t>49.59</t>
+  </si>
+  <si>
+    <t>49.79</t>
+  </si>
+  <si>
+    <t>49.978</t>
+  </si>
+  <si>
+    <t>49.565</t>
   </si>
   <si>
     <t>49.81</t>
   </si>
   <si>
     <t>49.735</t>
   </si>
   <si>
     <t>49.57</t>
   </si>
   <si>
     <t>49.535</t>
   </si>
   <si>
     <t>49.698</t>
   </si>
   <si>
     <t>49.688</t>
   </si>
   <si>
     <t>49.655</t>
   </si>
   <si>
     <t>49.685</t>
   </si>
@@ -576,140 +669,122 @@
   <si>
     <t>48.995</t>
   </si>
   <si>
     <t>48.75</t>
   </si>
   <si>
     <t>48.65</t>
   </si>
   <si>
     <t>48.748</t>
   </si>
   <si>
     <t>48.798</t>
   </si>
   <si>
     <t>48.848</t>
   </si>
   <si>
     <t>48.905</t>
   </si>
   <si>
     <t>48.7</t>
   </si>
   <si>
-    <t>48.685</t>
-[...71 lines deleted...]
-    <t>48.378</t>
+    <t>12.06</t>
+  </si>
+  <si>
+    <t>12.075</t>
+  </si>
+  <si>
+    <t>12.085</t>
+  </si>
+  <si>
+    <t>12.15</t>
+  </si>
+  <si>
+    <t>12.169</t>
+  </si>
+  <si>
+    <t>12.185</t>
+  </si>
+  <si>
+    <t>12.14</t>
+  </si>
+  <si>
+    <t>12.04</t>
+  </si>
+  <si>
+    <t>11.99</t>
+  </si>
+  <si>
+    <t>11.95</t>
+  </si>
+  <si>
+    <t>11.97</t>
+  </si>
+  <si>
+    <t>11.9</t>
+  </si>
+  <si>
+    <t>11.96</t>
+  </si>
+  <si>
+    <t>11.993</t>
+  </si>
+  <si>
+    <t>11.925</t>
+  </si>
+  <si>
+    <t>11.857</t>
+  </si>
+  <si>
+    <t>11.84</t>
+  </si>
+  <si>
+    <t>11.76</t>
+  </si>
+  <si>
+    <t>11.75</t>
+  </si>
+  <si>
+    <t>11.8</t>
+  </si>
+  <si>
+    <t>11.77</t>
   </si>
   <si>
     <t>11.765</t>
   </si>
   <si>
-    <t>11.75</t>
-[...1 lines deleted...]
-  <si>
     <t>11.755</t>
   </si>
   <si>
     <t>11.742</t>
   </si>
   <si>
-    <t>11.77</t>
-[...1 lines deleted...]
-  <si>
     <t>11.71</t>
   </si>
   <si>
     <t>11.709</t>
   </si>
   <si>
     <t>11.627</t>
   </si>
   <si>
     <t>11.6</t>
   </si>
   <si>
     <t>11.586</t>
   </si>
   <si>
     <t>11.59</t>
   </si>
   <si>
     <t>11.63</t>
   </si>
   <si>
     <t>11.62</t>
   </si>
   <si>
     <t>11.567</t>
@@ -729,216 +804,174 @@
   <si>
     <t>11.545</t>
   </si>
   <si>
     <t>11.47</t>
   </si>
   <si>
     <t>11.48</t>
   </si>
   <si>
     <t>11.475</t>
   </si>
   <si>
     <t>11.51</t>
   </si>
   <si>
     <t>11.55</t>
   </si>
   <si>
     <t>11.56</t>
   </si>
   <si>
     <t>11.49</t>
   </si>
   <si>
-    <t>11.465</t>
-[...23 lines deleted...]
-    <t>11.563</t>
+    <t>12.105</t>
+  </si>
+  <si>
+    <t>12.11</t>
+  </si>
+  <si>
+    <t>12.175</t>
+  </si>
+  <si>
+    <t>12.199</t>
+  </si>
+  <si>
+    <t>12.215</t>
+  </si>
+  <si>
+    <t>12.178</t>
+  </si>
+  <si>
+    <t>12.015</t>
+  </si>
+  <si>
+    <t>11.918</t>
+  </si>
+  <si>
+    <t>12.03</t>
+  </si>
+  <si>
+    <t>11.928</t>
+  </si>
+  <si>
+    <t>11.986</t>
+  </si>
+  <si>
+    <t>12.028</t>
+  </si>
+  <si>
+    <t>11.955</t>
+  </si>
+  <si>
+    <t>11.885</t>
+  </si>
+  <si>
+    <t>11.8625</t>
+  </si>
+  <si>
+    <t>11.79</t>
+  </si>
+  <si>
+    <t>11.78</t>
+  </si>
+  <si>
+    <t>11.827</t>
+  </si>
+  <si>
+    <t>11.777</t>
+  </si>
+  <si>
+    <t>11.778</t>
+  </si>
+  <si>
+    <t>11.772</t>
+  </si>
+  <si>
+    <t>11.792</t>
+  </si>
+  <si>
+    <t>11.773</t>
+  </si>
+  <si>
+    <t>11.787</t>
+  </si>
+  <si>
+    <t>11.736</t>
+  </si>
+  <si>
+    <t>11.729</t>
+  </si>
+  <si>
+    <t>11.657</t>
+  </si>
+  <si>
+    <t>11.616</t>
+  </si>
+  <si>
+    <t>11.658</t>
+  </si>
+  <si>
+    <t>11.645</t>
+  </si>
+  <si>
+    <t>11.595</t>
+  </si>
+  <si>
+    <t>11.66</t>
+  </si>
+  <si>
+    <t>11.583</t>
+  </si>
+  <si>
+    <t>11.575</t>
+  </si>
+  <si>
+    <t>11.585</t>
+  </si>
+  <si>
+    <t>11.495</t>
+  </si>
+  <si>
+    <t>11.505</t>
+  </si>
+  <si>
+    <t>11.498</t>
+  </si>
+  <si>
+    <t>11.535</t>
+  </si>
+  <si>
+    <t>11.582</t>
+  </si>
+  <si>
+    <t>11.569</t>
   </si>
   <si>
     <t>11.515</t>
-  </si>
-[...136 lines deleted...]
-    <t>11.39</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1331,2093 +1364,2093 @@
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:7" hidden="1"/>
     <row r="4" spans="1:7">
       <c r="A4" s="2">
-        <v>46016</v>
+        <v>46061</v>
       </c>
       <c r="B4">
-        <v>42</v>
-[...8 lines deleted...]
-        <v>110</v>
+        <v>0</v>
+      </c>
+      <c r="C4">
+        <v>0</v>
+      </c>
+      <c r="D4">
+        <v>0</v>
+      </c>
+      <c r="E4">
+        <v>0</v>
       </c>
       <c r="F4">
         <v>0</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2">
-        <v>46015</v>
-[...17 lines deleted...]
-        <v>254</v>
+        <v>46060</v>
+      </c>
+      <c r="B5">
+        <v>0</v>
+      </c>
+      <c r="C5">
+        <v>0</v>
+      </c>
+      <c r="D5">
+        <v>0</v>
+      </c>
+      <c r="E5">
+        <v>0</v>
+      </c>
+      <c r="F5">
+        <v>0</v>
+      </c>
+      <c r="G5">
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="2">
-        <v>46014</v>
+        <v>46059</v>
       </c>
       <c r="B6" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C6" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="D6" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="E6" t="s">
-        <v>162</v>
-[...5 lines deleted...]
-        <v>255</v>
+        <v>163</v>
+      </c>
+      <c r="F6">
+        <v>0</v>
+      </c>
+      <c r="G6">
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="2">
-        <v>46013</v>
+        <v>46058</v>
       </c>
       <c r="B7" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C7" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="D7" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="E7" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F7" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="G7" t="s">
-        <v>256</v>
+        <v>221</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="2">
-        <v>46012</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46057</v>
+      </c>
+      <c r="B8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" t="s">
+        <v>109</v>
+      </c>
+      <c r="E8" t="s">
+        <v>165</v>
+      </c>
+      <c r="F8" t="s">
+        <v>220</v>
+      </c>
+      <c r="G8" t="s">
+        <v>264</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="2">
-        <v>46011</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46056</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>65</v>
+      </c>
+      <c r="D9" t="s">
+        <v>110</v>
+      </c>
+      <c r="E9" t="s">
+        <v>166</v>
+      </c>
+      <c r="F9" t="s">
+        <v>221</v>
+      </c>
+      <c r="G9" t="s">
+        <v>265</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="2">
-        <v>46010</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>46055</v>
+      </c>
+      <c r="B10">
+        <v>43</v>
       </c>
       <c r="C10" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>66</v>
+      </c>
+      <c r="D10">
+        <v>51</v>
       </c>
       <c r="E10" t="s">
-        <v>164</v>
-[...5 lines deleted...]
-        <v>257</v>
+        <v>167</v>
+      </c>
+      <c r="F10">
+        <v>0</v>
+      </c>
+      <c r="G10">
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="2">
-        <v>46009</v>
-[...11 lines deleted...]
-        <v>165</v>
+        <v>46054</v>
+      </c>
+      <c r="B11">
+        <v>0</v>
+      </c>
+      <c r="C11">
+        <v>0</v>
+      </c>
+      <c r="D11">
+        <v>0</v>
+      </c>
+      <c r="E11">
+        <v>0</v>
       </c>
       <c r="F11">
         <v>0</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="2">
-        <v>46008</v>
-[...17 lines deleted...]
-        <v>258</v>
+        <v>46053</v>
+      </c>
+      <c r="B12">
+        <v>0</v>
+      </c>
+      <c r="C12">
+        <v>0</v>
+      </c>
+      <c r="D12">
+        <v>0</v>
+      </c>
+      <c r="E12">
+        <v>0</v>
+      </c>
+      <c r="F12">
+        <v>0</v>
+      </c>
+      <c r="G12">
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="2">
-        <v>46007</v>
+        <v>46052</v>
       </c>
       <c r="B13" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C13" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="D13" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="E13" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F13" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
       <c r="G13" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="2">
-        <v>46006</v>
+        <v>46051</v>
       </c>
       <c r="B14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C14" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="D14" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="E14" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F14" t="s">
-        <v>213</v>
+        <v>223</v>
       </c>
       <c r="G14" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="2">
-        <v>46005</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46050</v>
+      </c>
+      <c r="B15" t="s">
+        <v>12</v>
+      </c>
+      <c r="C15" t="s">
+        <v>69</v>
+      </c>
+      <c r="D15" t="s">
+        <v>113</v>
+      </c>
+      <c r="E15" t="s">
+        <v>170</v>
+      </c>
+      <c r="F15" t="s">
+        <v>224</v>
+      </c>
+      <c r="G15" t="s">
+        <v>268</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="2">
-        <v>46004</v>
+        <v>46049</v>
       </c>
       <c r="B16">
-        <v>0</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>43</v>
+      </c>
+      <c r="C16" t="s">
+        <v>70</v>
+      </c>
+      <c r="D16" t="s">
+        <v>114</v>
+      </c>
+      <c r="E16" t="s">
+        <v>171</v>
+      </c>
+      <c r="F16" t="s">
+        <v>225</v>
+      </c>
+      <c r="G16" t="s">
+        <v>269</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="2">
-        <v>46003</v>
+        <v>46048</v>
       </c>
       <c r="B17" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C17" t="s">
-        <v>71</v>
+        <v>7</v>
       </c>
       <c r="D17" t="s">
         <v>115</v>
       </c>
       <c r="E17" t="s">
-        <v>169</v>
-[...5 lines deleted...]
-        <v>261</v>
+        <v>172</v>
+      </c>
+      <c r="F17">
+        <v>0</v>
+      </c>
+      <c r="G17">
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="2">
-        <v>46002</v>
-[...17 lines deleted...]
-        <v>262</v>
+        <v>46047</v>
+      </c>
+      <c r="B18">
+        <v>0</v>
+      </c>
+      <c r="C18">
+        <v>0</v>
+      </c>
+      <c r="D18">
+        <v>0</v>
+      </c>
+      <c r="E18">
+        <v>0</v>
+      </c>
+      <c r="F18">
+        <v>0</v>
+      </c>
+      <c r="G18">
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="2">
-        <v>46001</v>
-[...17 lines deleted...]
-        <v>263</v>
+        <v>46046</v>
+      </c>
+      <c r="B19">
+        <v>0</v>
+      </c>
+      <c r="C19">
+        <v>0</v>
+      </c>
+      <c r="D19">
+        <v>0</v>
+      </c>
+      <c r="E19">
+        <v>0</v>
+      </c>
+      <c r="F19">
+        <v>0</v>
+      </c>
+      <c r="G19">
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="2">
-        <v>46000</v>
+        <v>46045</v>
       </c>
       <c r="B20" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C20" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="D20" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="E20" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="F20" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="G20" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="2">
-        <v>45999</v>
+        <v>46044</v>
       </c>
       <c r="B21" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C21" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D21" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="E21" t="s">
-        <v>122</v>
+        <v>174</v>
       </c>
       <c r="F21" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="G21" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="2">
-        <v>45998</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46043</v>
+      </c>
+      <c r="B22" t="s">
+        <v>16</v>
+      </c>
+      <c r="C22" t="s">
+        <v>73</v>
+      </c>
+      <c r="D22" t="s">
+        <v>118</v>
+      </c>
+      <c r="E22" t="s">
+        <v>175</v>
+      </c>
+      <c r="F22" t="s">
+        <v>228</v>
+      </c>
+      <c r="G22" t="s">
+        <v>229</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="2">
-        <v>45997</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>46042</v>
+      </c>
+      <c r="B23" t="s">
+        <v>15</v>
+      </c>
+      <c r="C23" t="s">
+        <v>74</v>
+      </c>
+      <c r="D23" t="s">
+        <v>119</v>
+      </c>
+      <c r="E23" t="s">
+        <v>176</v>
+      </c>
+      <c r="F23" t="s">
+        <v>229</v>
       </c>
       <c r="G23">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="2">
-        <v>45996</v>
+        <v>46041</v>
       </c>
       <c r="B24" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C24" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="D24" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E24" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="F24" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="G24" t="s">
-        <v>225</v>
+        <v>271</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="2">
-        <v>45995</v>
-[...17 lines deleted...]
-        <v>265</v>
+        <v>46040</v>
+      </c>
+      <c r="B25">
+        <v>0</v>
+      </c>
+      <c r="C25">
+        <v>0</v>
+      </c>
+      <c r="D25">
+        <v>0</v>
+      </c>
+      <c r="E25">
+        <v>0</v>
+      </c>
+      <c r="F25">
+        <v>0</v>
+      </c>
+      <c r="G25">
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="2">
-        <v>45994</v>
-[...17 lines deleted...]
-        <v>266</v>
+        <v>46039</v>
+      </c>
+      <c r="B26">
+        <v>0</v>
+      </c>
+      <c r="C26">
+        <v>0</v>
+      </c>
+      <c r="D26">
+        <v>0</v>
+      </c>
+      <c r="E26">
+        <v>0</v>
+      </c>
+      <c r="F26">
+        <v>0</v>
+      </c>
+      <c r="G26">
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="2">
-        <v>45993</v>
+        <v>46038</v>
       </c>
       <c r="B27" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C27" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="D27" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E27" t="s">
-        <v>175</v>
-[...5 lines deleted...]
-        <v>267</v>
+        <v>178</v>
+      </c>
+      <c r="F27">
+        <v>0</v>
+      </c>
+      <c r="G27">
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="2">
-        <v>45992</v>
+        <v>46037</v>
       </c>
       <c r="B28" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="C28" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="D28" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="E28" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>175</v>
+      </c>
+      <c r="F28">
+        <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="2">
-        <v>45991</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46036</v>
+      </c>
+      <c r="B29" t="s">
+        <v>20</v>
+      </c>
+      <c r="C29" t="s">
+        <v>77</v>
+      </c>
+      <c r="D29" t="s">
+        <v>122</v>
+      </c>
+      <c r="E29" t="s">
+        <v>179</v>
+      </c>
+      <c r="F29" t="s">
+        <v>230</v>
+      </c>
+      <c r="G29" t="s">
+        <v>273</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="2">
-        <v>45990</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46035</v>
+      </c>
+      <c r="B30" t="s">
+        <v>16</v>
+      </c>
+      <c r="C30" t="s">
+        <v>73</v>
+      </c>
+      <c r="D30" t="s">
+        <v>123</v>
+      </c>
+      <c r="E30" t="s">
+        <v>180</v>
+      </c>
+      <c r="F30" t="s">
+        <v>231</v>
+      </c>
+      <c r="G30" t="s">
+        <v>274</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="2">
-        <v>45989</v>
+        <v>46034</v>
       </c>
       <c r="B31" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C31" t="s">
-        <v>25</v>
+        <v>78</v>
       </c>
       <c r="D31" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E31" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="F31" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G31" t="s">
-        <v>229</v>
+        <v>275</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="2">
-        <v>45988</v>
-[...17 lines deleted...]
-        <v>269</v>
+        <v>46033</v>
+      </c>
+      <c r="B32">
+        <v>0</v>
+      </c>
+      <c r="C32">
+        <v>0</v>
+      </c>
+      <c r="D32">
+        <v>0</v>
+      </c>
+      <c r="E32">
+        <v>0</v>
+      </c>
+      <c r="F32">
+        <v>0</v>
+      </c>
+      <c r="G32">
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="2">
-        <v>45987</v>
-[...17 lines deleted...]
-        <v>269</v>
+        <v>46032</v>
+      </c>
+      <c r="B33">
+        <v>0</v>
+      </c>
+      <c r="C33">
+        <v>0</v>
+      </c>
+      <c r="D33">
+        <v>0</v>
+      </c>
+      <c r="E33">
+        <v>0</v>
+      </c>
+      <c r="F33">
+        <v>0</v>
+      </c>
+      <c r="G33">
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="2">
-        <v>45986</v>
+        <v>46031</v>
       </c>
       <c r="B34" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C34" t="s">
-        <v>27</v>
+        <v>79</v>
       </c>
       <c r="D34" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E34" t="s">
-        <v>179</v>
-[...5 lines deleted...]
-        <v>270</v>
+        <v>182</v>
+      </c>
+      <c r="F34">
+        <v>0</v>
+      </c>
+      <c r="G34">
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="2">
-        <v>45985</v>
+        <v>46030</v>
       </c>
       <c r="B35" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C35" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D35" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="E35" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="F35" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="G35" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="2">
-        <v>45984</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46029</v>
+      </c>
+      <c r="B36" t="s">
+        <v>24</v>
+      </c>
+      <c r="C36" t="s">
+        <v>81</v>
+      </c>
+      <c r="D36" t="s">
+        <v>127</v>
+      </c>
+      <c r="E36" t="s">
+        <v>184</v>
+      </c>
+      <c r="F36" t="s">
+        <v>234</v>
+      </c>
+      <c r="G36" t="s">
+        <v>277</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="2">
-        <v>45983</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46028</v>
+      </c>
+      <c r="B37" t="s">
+        <v>25</v>
+      </c>
+      <c r="C37" t="s">
+        <v>82</v>
+      </c>
+      <c r="D37" t="s">
+        <v>128</v>
+      </c>
+      <c r="E37" t="s">
+        <v>185</v>
+      </c>
+      <c r="F37" t="s">
+        <v>235</v>
+      </c>
+      <c r="G37" t="s">
+        <v>278</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="2">
-        <v>45982</v>
+        <v>46027</v>
       </c>
       <c r="B38" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="C38" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="D38" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E38" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="F38" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="G38" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="2">
-        <v>45981</v>
-[...17 lines deleted...]
-        <v>273</v>
+        <v>46026</v>
+      </c>
+      <c r="B39">
+        <v>0</v>
+      </c>
+      <c r="C39">
+        <v>0</v>
+      </c>
+      <c r="D39">
+        <v>0</v>
+      </c>
+      <c r="E39">
+        <v>0</v>
+      </c>
+      <c r="F39">
+        <v>0</v>
+      </c>
+      <c r="G39">
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="2">
-        <v>45980</v>
-[...17 lines deleted...]
-        <v>274</v>
+        <v>46025</v>
+      </c>
+      <c r="B40">
+        <v>0</v>
+      </c>
+      <c r="C40">
+        <v>0</v>
+      </c>
+      <c r="D40">
+        <v>0</v>
+      </c>
+      <c r="E40">
+        <v>0</v>
+      </c>
+      <c r="F40">
+        <v>0</v>
+      </c>
+      <c r="G40">
+        <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="2">
-        <v>45979</v>
+        <v>46024</v>
       </c>
       <c r="B41" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="C41" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="D41" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="E41" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F41" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="G41" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="2">
-        <v>45978</v>
+        <v>46023</v>
       </c>
       <c r="B42" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="C42" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="D42" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="E42" t="s">
-        <v>185</v>
-[...5 lines deleted...]
-        <v>270</v>
+        <v>188</v>
+      </c>
+      <c r="F42">
+        <v>0</v>
+      </c>
+      <c r="G42">
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="2">
-        <v>45977</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46022</v>
+      </c>
+      <c r="B43" t="s">
+        <v>29</v>
+      </c>
+      <c r="C43" t="s">
+        <v>85</v>
+      </c>
+      <c r="D43" t="s">
+        <v>132</v>
+      </c>
+      <c r="E43" t="s">
+        <v>189</v>
+      </c>
+      <c r="F43" t="s">
+        <v>237</v>
+      </c>
+      <c r="G43" t="s">
+        <v>239</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="2">
-        <v>45976</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46021</v>
+      </c>
+      <c r="B44" t="s">
+        <v>30</v>
+      </c>
+      <c r="C44" t="s">
+        <v>86</v>
+      </c>
+      <c r="D44" t="s">
+        <v>133</v>
+      </c>
+      <c r="E44" t="s">
+        <v>190</v>
+      </c>
+      <c r="F44" t="s">
+        <v>238</v>
+      </c>
+      <c r="G44" t="s">
+        <v>281</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="2">
-        <v>45975</v>
+        <v>46020</v>
       </c>
       <c r="B45" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C45" t="s">
-        <v>81</v>
+        <v>50</v>
       </c>
       <c r="D45" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E45" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="F45" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="G45" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="2">
-        <v>45974</v>
-[...17 lines deleted...]
-        <v>277</v>
+        <v>46019</v>
+      </c>
+      <c r="B46">
+        <v>0</v>
+      </c>
+      <c r="C46">
+        <v>0</v>
+      </c>
+      <c r="D46">
+        <v>0</v>
+      </c>
+      <c r="E46">
+        <v>0</v>
+      </c>
+      <c r="F46">
+        <v>0</v>
+      </c>
+      <c r="G46">
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="2">
-        <v>45973</v>
-[...17 lines deleted...]
-        <v>248</v>
+        <v>46018</v>
+      </c>
+      <c r="B47">
+        <v>0</v>
+      </c>
+      <c r="C47">
+        <v>0</v>
+      </c>
+      <c r="D47">
+        <v>0</v>
+      </c>
+      <c r="E47">
+        <v>0</v>
+      </c>
+      <c r="F47">
+        <v>0</v>
+      </c>
+      <c r="G47">
+        <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="2">
-        <v>45972</v>
+        <v>46017</v>
       </c>
       <c r="B48" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="C48" t="s">
-        <v>33</v>
+        <v>87</v>
       </c>
       <c r="D48" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="E48" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="F48">
         <v>0</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="2">
-        <v>45971</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>46016</v>
+      </c>
+      <c r="B49">
+        <v>42</v>
       </c>
       <c r="C49" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="D49" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="E49" t="s">
-        <v>189</v>
-[...5 lines deleted...]
-        <v>272</v>
+        <v>138</v>
+      </c>
+      <c r="F49">
+        <v>0</v>
+      </c>
+      <c r="G49">
+        <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="2">
-        <v>45970</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46015</v>
+      </c>
+      <c r="B50" t="s">
+        <v>33</v>
+      </c>
+      <c r="C50" t="s">
+        <v>89</v>
+      </c>
+      <c r="D50" t="s">
+        <v>136</v>
+      </c>
+      <c r="E50" t="s">
+        <v>192</v>
+      </c>
+      <c r="F50" t="s">
+        <v>240</v>
+      </c>
+      <c r="G50" t="s">
+        <v>280</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="2">
-        <v>45969</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46014</v>
+      </c>
+      <c r="B51" t="s">
+        <v>34</v>
+      </c>
+      <c r="C51" t="s">
+        <v>90</v>
+      </c>
+      <c r="D51" t="s">
+        <v>137</v>
+      </c>
+      <c r="E51" t="s">
+        <v>193</v>
+      </c>
+      <c r="F51" t="s">
+        <v>237</v>
+      </c>
+      <c r="G51" t="s">
+        <v>282</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="2">
-        <v>45968</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>46013</v>
+      </c>
+      <c r="B52" t="s">
+        <v>35</v>
       </c>
       <c r="C52" t="s">
-        <v>63</v>
+        <v>91</v>
       </c>
       <c r="D52" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E52" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="F52" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="G52" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="2">
-        <v>45967</v>
-[...17 lines deleted...]
-        <v>279</v>
+        <v>46012</v>
+      </c>
+      <c r="B53">
+        <v>0</v>
+      </c>
+      <c r="C53">
+        <v>0</v>
+      </c>
+      <c r="D53">
+        <v>0</v>
+      </c>
+      <c r="E53">
+        <v>0</v>
+      </c>
+      <c r="F53">
+        <v>0</v>
+      </c>
+      <c r="G53">
+        <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="2">
-        <v>45966</v>
-[...17 lines deleted...]
-        <v>280</v>
+        <v>46011</v>
+      </c>
+      <c r="B54">
+        <v>0</v>
+      </c>
+      <c r="C54">
+        <v>0</v>
+      </c>
+      <c r="D54">
+        <v>0</v>
+      </c>
+      <c r="E54">
+        <v>0</v>
+      </c>
+      <c r="F54">
+        <v>0</v>
+      </c>
+      <c r="G54">
+        <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="2">
-        <v>45965</v>
+        <v>46010</v>
       </c>
       <c r="B55" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C55" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="D55" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="E55" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="F55" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="G55" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="2">
-        <v>45964</v>
+        <v>46009</v>
       </c>
       <c r="B56" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C56" t="s">
-        <v>33</v>
+        <v>93</v>
       </c>
       <c r="D56" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="E56" t="s">
-        <v>194</v>
-[...5 lines deleted...]
-        <v>282</v>
+        <v>196</v>
+      </c>
+      <c r="F56">
+        <v>0</v>
+      </c>
+      <c r="G56">
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="2">
-        <v>45963</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46008</v>
+      </c>
+      <c r="B57" t="s">
+        <v>38</v>
+      </c>
+      <c r="C57" t="s">
+        <v>94</v>
+      </c>
+      <c r="D57" t="s">
+        <v>141</v>
+      </c>
+      <c r="E57" t="s">
+        <v>197</v>
+      </c>
+      <c r="F57" t="s">
+        <v>239</v>
+      </c>
+      <c r="G57" t="s">
+        <v>285</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="2">
-        <v>45962</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46007</v>
+      </c>
+      <c r="B58" t="s">
+        <v>39</v>
+      </c>
+      <c r="C58" t="s">
+        <v>41</v>
+      </c>
+      <c r="D58" t="s">
+        <v>142</v>
+      </c>
+      <c r="E58" t="s">
+        <v>198</v>
+      </c>
+      <c r="F58" t="s">
+        <v>237</v>
+      </c>
+      <c r="G58" t="s">
+        <v>286</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="2">
-        <v>45961</v>
+        <v>46006</v>
       </c>
       <c r="B59" t="s">
         <v>40</v>
       </c>
       <c r="C59" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="D59" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E59" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="F59" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="G59" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="2">
-        <v>45960</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>46005</v>
+      </c>
+      <c r="B60">
+        <v>0</v>
       </c>
       <c r="C60">
-        <v>42</v>
-[...11 lines deleted...]
-        <v>235</v>
+        <v>0</v>
+      </c>
+      <c r="D60">
+        <v>0</v>
+      </c>
+      <c r="E60">
+        <v>0</v>
+      </c>
+      <c r="F60">
+        <v>0</v>
+      </c>
+      <c r="G60">
+        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="2">
-        <v>45959</v>
-[...17 lines deleted...]
-        <v>247</v>
+        <v>46004</v>
+      </c>
+      <c r="B61">
+        <v>0</v>
+      </c>
+      <c r="C61">
+        <v>0</v>
+      </c>
+      <c r="D61">
+        <v>0</v>
+      </c>
+      <c r="E61">
+        <v>0</v>
+      </c>
+      <c r="F61">
+        <v>0</v>
+      </c>
+      <c r="G61">
+        <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="2">
-        <v>45958</v>
+        <v>46003</v>
       </c>
       <c r="B62" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C62" t="s">
-        <v>79</v>
+        <v>96</v>
       </c>
       <c r="D62" t="s">
-        <v>119</v>
+        <v>143</v>
       </c>
       <c r="E62" t="s">
-        <v>197</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>200</v>
+      </c>
+      <c r="F62" t="s">
+        <v>243</v>
+      </c>
+      <c r="G62" t="s">
+        <v>288</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="2">
-        <v>45957</v>
+        <v>46002</v>
       </c>
       <c r="B63" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="C63" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="D63" t="s">
         <v>143</v>
       </c>
       <c r="E63" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="F63" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="G63" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="2">
-        <v>45956</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46001</v>
+      </c>
+      <c r="B64" t="s">
+        <v>42</v>
+      </c>
+      <c r="C64" t="s">
+        <v>97</v>
+      </c>
+      <c r="D64" t="s">
+        <v>144</v>
+      </c>
+      <c r="E64" t="s">
+        <v>201</v>
+      </c>
+      <c r="F64" t="s">
+        <v>245</v>
+      </c>
+      <c r="G64" t="s">
+        <v>290</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="2">
-        <v>45955</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46000</v>
+      </c>
+      <c r="B65" t="s">
+        <v>43</v>
+      </c>
+      <c r="C65" t="s">
+        <v>35</v>
+      </c>
+      <c r="D65" t="s">
+        <v>145</v>
+      </c>
+      <c r="E65" t="s">
+        <v>202</v>
+      </c>
+      <c r="F65" t="s">
+        <v>246</v>
+      </c>
+      <c r="G65" t="s">
+        <v>245</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="2">
-        <v>45954</v>
+        <v>45999</v>
       </c>
       <c r="B66" t="s">
         <v>44</v>
       </c>
       <c r="C66" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="D66" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="E66" t="s">
-        <v>199</v>
+        <v>150</v>
       </c>
       <c r="F66" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="G66" t="s">
-        <v>231</v>
+        <v>291</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="2">
-        <v>45953</v>
-[...11 lines deleted...]
-        <v>200</v>
+        <v>45998</v>
+      </c>
+      <c r="B67">
+        <v>0</v>
+      </c>
+      <c r="C67">
+        <v>0</v>
+      </c>
+      <c r="D67">
+        <v>0</v>
+      </c>
+      <c r="E67">
+        <v>0</v>
       </c>
       <c r="F67">
         <v>0</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="2">
-        <v>45952</v>
-[...17 lines deleted...]
-        <v>285</v>
+        <v>45997</v>
+      </c>
+      <c r="B68">
+        <v>0</v>
+      </c>
+      <c r="C68">
+        <v>0</v>
+      </c>
+      <c r="D68">
+        <v>0</v>
+      </c>
+      <c r="E68">
+        <v>0</v>
+      </c>
+      <c r="F68">
+        <v>0</v>
+      </c>
+      <c r="G68">
+        <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="2">
-        <v>45951</v>
+        <v>45996</v>
       </c>
       <c r="B69" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C69" t="s">
-        <v>92</v>
+        <v>28</v>
       </c>
       <c r="D69" t="s">
         <v>147</v>
       </c>
       <c r="E69" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="F69" t="s">
+        <v>248</v>
+      </c>
+      <c r="G69" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="2">
-        <v>45950</v>
+        <v>45995</v>
       </c>
       <c r="B70" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C70" t="s">
-        <v>93</v>
+        <v>47</v>
       </c>
       <c r="D70" t="s">
         <v>148</v>
       </c>
       <c r="E70" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="F70" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="G70" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="2">
-        <v>45949</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>45994</v>
+      </c>
+      <c r="B71" t="s">
+        <v>47</v>
+      </c>
+      <c r="C71" t="s">
+        <v>99</v>
+      </c>
+      <c r="D71" t="s">
+        <v>149</v>
+      </c>
+      <c r="E71" t="s">
+        <v>205</v>
+      </c>
+      <c r="F71" t="s">
+        <v>250</v>
+      </c>
+      <c r="G71" t="s">
+        <v>293</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="2">
-        <v>45948</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>45993</v>
+      </c>
+      <c r="B72" t="s">
+        <v>48</v>
+      </c>
+      <c r="C72" t="s">
+        <v>49</v>
+      </c>
+      <c r="D72" t="s">
+        <v>150</v>
+      </c>
+      <c r="E72" t="s">
+        <v>206</v>
+      </c>
+      <c r="F72" t="s">
+        <v>251</v>
+      </c>
+      <c r="G72" t="s">
+        <v>294</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="2">
-        <v>45947</v>
+        <v>45992</v>
       </c>
       <c r="B73" t="s">
         <v>49</v>
       </c>
       <c r="C73" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="D73" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="E73" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F73" t="s">
-        <v>233</v>
+        <v>252</v>
       </c>
       <c r="G73" t="s">
-        <v>273</v>
+        <v>295</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="2">
-        <v>45946</v>
-[...17 lines deleted...]
-        <v>278</v>
+        <v>45991</v>
+      </c>
+      <c r="B74">
+        <v>0</v>
+      </c>
+      <c r="C74">
+        <v>0</v>
+      </c>
+      <c r="D74">
+        <v>0</v>
+      </c>
+      <c r="E74">
+        <v>0</v>
+      </c>
+      <c r="F74">
+        <v>0</v>
+      </c>
+      <c r="G74">
+        <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="2">
-        <v>45945</v>
-[...11 lines deleted...]
-        <v>205</v>
+        <v>45990</v>
+      </c>
+      <c r="B75">
+        <v>0</v>
+      </c>
+      <c r="C75">
+        <v>0</v>
+      </c>
+      <c r="D75">
+        <v>0</v>
+      </c>
+      <c r="E75">
+        <v>0</v>
       </c>
       <c r="F75">
         <v>0</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="2">
-        <v>45944</v>
+        <v>45989</v>
       </c>
       <c r="B76" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C76" t="s">
-        <v>96</v>
+        <v>52</v>
       </c>
       <c r="D76" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="E76" t="s">
-        <v>192</v>
+        <v>207</v>
       </c>
       <c r="F76" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="G76" t="s">
-        <v>288</v>
+        <v>254</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="2">
-        <v>45943</v>
+        <v>45988</v>
       </c>
       <c r="B77" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C77" t="s">
-        <v>53</v>
+        <v>100</v>
       </c>
       <c r="D77" t="s">
         <v>152</v>
       </c>
       <c r="E77" t="s">
-        <v>139</v>
+        <v>208</v>
       </c>
       <c r="F77" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="G77" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="2">
-        <v>45942</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>45987</v>
+      </c>
+      <c r="B78" t="s">
+        <v>52</v>
+      </c>
+      <c r="C78" t="s">
+        <v>84</v>
+      </c>
+      <c r="D78" t="s">
+        <v>153</v>
+      </c>
+      <c r="E78" t="s">
+        <v>209</v>
+      </c>
+      <c r="F78" t="s">
+        <v>255</v>
+      </c>
+      <c r="G78" t="s">
+        <v>296</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="2">
-        <v>45941</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>45986</v>
+      </c>
+      <c r="B79" t="s">
+        <v>53</v>
+      </c>
+      <c r="C79" t="s">
+        <v>54</v>
+      </c>
+      <c r="D79" t="s">
+        <v>154</v>
+      </c>
+      <c r="E79" t="s">
+        <v>210</v>
+      </c>
+      <c r="F79" t="s">
+        <v>256</v>
+      </c>
+      <c r="G79" t="s">
+        <v>297</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="2">
-        <v>45940</v>
+        <v>45985</v>
       </c>
       <c r="B80" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C80" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="D80" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="E80" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="F80" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="G80" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="2">
-        <v>45939</v>
-[...17 lines deleted...]
-        <v>291</v>
+        <v>45984</v>
+      </c>
+      <c r="B81">
+        <v>0</v>
+      </c>
+      <c r="C81">
+        <v>0</v>
+      </c>
+      <c r="D81">
+        <v>0</v>
+      </c>
+      <c r="E81">
+        <v>0</v>
+      </c>
+      <c r="F81">
+        <v>0</v>
+      </c>
+      <c r="G81">
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="2">
-        <v>45938</v>
-[...17 lines deleted...]
-        <v>292</v>
+        <v>45983</v>
+      </c>
+      <c r="B82">
+        <v>0</v>
+      </c>
+      <c r="C82">
+        <v>0</v>
+      </c>
+      <c r="D82">
+        <v>0</v>
+      </c>
+      <c r="E82">
+        <v>0</v>
+      </c>
+      <c r="F82">
+        <v>0</v>
+      </c>
+      <c r="G82">
+        <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="2">
-        <v>45937</v>
+        <v>45982</v>
       </c>
       <c r="B83" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="C83" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="D83" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="E83" t="s">
-        <v>206</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>212</v>
+      </c>
+      <c r="F83" t="s">
+        <v>257</v>
+      </c>
+      <c r="G83" t="s">
+        <v>299</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="2">
-        <v>45936</v>
+        <v>45981</v>
       </c>
       <c r="B84" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C84" t="s">
-        <v>101</v>
+        <v>39</v>
       </c>
       <c r="D84" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="E84" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="F84" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="G84" t="s">
-        <v>243</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="2">
-        <v>45935</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>45980</v>
+      </c>
+      <c r="B85" t="s">
+        <v>56</v>
+      </c>
+      <c r="C85" t="s">
+        <v>102</v>
+      </c>
+      <c r="D85" t="s">
+        <v>158</v>
+      </c>
+      <c r="E85" t="s">
+        <v>214</v>
+      </c>
+      <c r="F85" t="s">
+        <v>259</v>
+      </c>
+      <c r="G85" t="s">
+        <v>301</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="2">
-        <v>45934</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>45979</v>
+      </c>
+      <c r="B86" t="s">
+        <v>57</v>
+      </c>
+      <c r="C86" t="s">
+        <v>103</v>
+      </c>
+      <c r="D86" t="s">
+        <v>159</v>
+      </c>
+      <c r="E86" t="s">
+        <v>215</v>
+      </c>
+      <c r="F86" t="s">
+        <v>260</v>
+      </c>
+      <c r="G86" t="s">
+        <v>302</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="2">
-        <v>45933</v>
+        <v>45978</v>
       </c>
       <c r="B87" t="s">
         <v>58</v>
       </c>
       <c r="C87" t="s">
-        <v>102</v>
+        <v>57</v>
       </c>
       <c r="D87" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="E87" t="s">
-        <v>160</v>
+        <v>216</v>
       </c>
       <c r="F87" t="s">
-        <v>244</v>
+        <v>261</v>
       </c>
       <c r="G87" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="2">
-        <v>45932</v>
-[...11 lines deleted...]
-        <v>210</v>
+        <v>45977</v>
+      </c>
+      <c r="B88">
+        <v>0</v>
+      </c>
+      <c r="C88">
+        <v>0</v>
+      </c>
+      <c r="D88">
+        <v>0</v>
+      </c>
+      <c r="E88">
+        <v>0</v>
       </c>
       <c r="F88">
         <v>0</v>
       </c>
       <c r="G88">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="2">
-        <v>45931</v>
-[...17 lines deleted...]
-        <v>294</v>
+        <v>45976</v>
+      </c>
+      <c r="B89">
+        <v>0</v>
+      </c>
+      <c r="C89">
+        <v>0</v>
+      </c>
+      <c r="D89">
+        <v>0</v>
+      </c>
+      <c r="E89">
+        <v>0</v>
+      </c>
+      <c r="F89">
+        <v>0</v>
+      </c>
+      <c r="G89">
+        <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="2">
-        <v>45930</v>
+        <v>45975</v>
       </c>
       <c r="B90" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C90" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="D90" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="E90" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="F90" t="s">
-        <v>252</v>
+        <v>262</v>
       </c>
       <c r="G90" t="s">
-        <v>292</v>
+        <v>303</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="2">
-        <v>45929</v>
+        <v>45974</v>
       </c>
       <c r="B91" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C91" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="D91" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="E91" t="s">
-        <v>147</v>
+        <v>208</v>
       </c>
       <c r="F91" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
       <c r="G91" t="s">
-        <v>245</v>
+        <v>304</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="2">
-        <v>45928</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>45973</v>
+      </c>
+      <c r="B92" t="s">
+        <v>61</v>
+      </c>
+      <c r="C92" t="s">
+        <v>106</v>
+      </c>
+      <c r="D92" t="s">
+        <v>162</v>
+      </c>
+      <c r="E92" t="s">
+        <v>218</v>
+      </c>
+      <c r="F92" t="s">
+        <v>263</v>
+      </c>
+      <c r="G92" t="s">
+        <v>305</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:G1"/>
   </mergeCells>
   <conditionalFormatting sqref="A1:G92">
     <cfRule type="notContainsErrors" dxfId="0" priority="1">
       <formula>NOT(ISERROR(A1))</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>