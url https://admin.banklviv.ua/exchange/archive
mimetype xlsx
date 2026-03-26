--- v1 (2026-02-09)
+++ v2 (2026-03-26)
@@ -10,968 +10,926 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="rates_history" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="306">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="366" uniqueCount="292">
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Долар США</t>
   </si>
   <si>
     <t>Євро</t>
   </si>
   <si>
     <t>Злотий</t>
   </si>
   <si>
     <t>Купівля</t>
   </si>
   <si>
     <t>Продаж</t>
   </si>
   <si>
+    <t>43.885</t>
+  </si>
+  <si>
+    <t>43.95</t>
+  </si>
+  <si>
+    <t>43.87</t>
+  </si>
+  <si>
+    <t>43.955</t>
+  </si>
+  <si>
+    <t>43.96</t>
+  </si>
+  <si>
+    <t>44.07</t>
+  </si>
+  <si>
+    <t>44.11</t>
+  </si>
+  <si>
+    <t>44.3</t>
+  </si>
+  <si>
+    <t>44.03</t>
+  </si>
+  <si>
+    <t>43.868</t>
+  </si>
+  <si>
+    <t>43.925</t>
+  </si>
+  <si>
+    <t>43.755</t>
+  </si>
+  <si>
+    <t>43.818</t>
+  </si>
+  <si>
+    <t>43.72</t>
+  </si>
+  <si>
+    <t>43.51</t>
+  </si>
+  <si>
+    <t>43.232</t>
+  </si>
+  <si>
     <t>43.1</t>
   </si>
   <si>
+    <t>43.205</t>
+  </si>
+  <si>
+    <t>43.24</t>
+  </si>
+  <si>
+    <t>43.265</t>
+  </si>
+  <si>
+    <t>43.33</t>
+  </si>
+  <si>
+    <t>43.27</t>
+  </si>
+  <si>
+    <t>43.29</t>
+  </si>
+  <si>
+    <t>43.15</t>
+  </si>
+  <si>
+    <t>43.125</t>
+  </si>
+  <si>
+    <t>42.955</t>
+  </si>
+  <si>
+    <t>43.03</t>
+  </si>
+  <si>
+    <t>43.08</t>
+  </si>
+  <si>
     <t>43.17</t>
   </si>
   <si>
     <t>43.21</t>
   </si>
   <si>
     <t>43.25</t>
   </si>
   <si>
     <t>42.89</t>
   </si>
   <si>
     <t>42.85</t>
   </si>
   <si>
     <t>42.76</t>
   </si>
   <si>
     <t>43.14</t>
   </si>
   <si>
-    <t>43.15</t>
-[...1 lines deleted...]
-  <si>
     <t>43.225</t>
   </si>
   <si>
     <t>43.19</t>
   </si>
   <si>
     <t>43.245</t>
   </si>
   <si>
     <t>43.43</t>
   </si>
   <si>
     <t>43.45</t>
   </si>
   <si>
     <t>43.06</t>
   </si>
   <si>
-    <t>43.27</t>
-[...1 lines deleted...]
-  <si>
     <t>43.108</t>
   </si>
   <si>
     <t>43.065</t>
   </si>
   <si>
     <t>42.75</t>
   </si>
   <si>
     <t>42.555</t>
   </si>
   <si>
     <t>42.445</t>
   </si>
   <si>
     <t>42.305</t>
   </si>
   <si>
     <t>42.15</t>
   </si>
   <si>
     <t>42.37</t>
   </si>
   <si>
     <t>42.405</t>
   </si>
   <si>
     <t>42.24</t>
   </si>
   <si>
-    <t>42.068</t>
-[...50 lines deleted...]
-    <t>42.36</t>
+    <t>43.915</t>
+  </si>
+  <si>
+    <t>43.98</t>
+  </si>
+  <si>
+    <t>43.897</t>
+  </si>
+  <si>
+    <t>43.9</t>
+  </si>
+  <si>
+    <t>43.985</t>
+  </si>
+  <si>
+    <t>43.99</t>
+  </si>
+  <si>
+    <t>44.095</t>
+  </si>
+  <si>
+    <t>44.14</t>
+  </si>
+  <si>
+    <t>44.33</t>
+  </si>
+  <si>
+    <t>44.063</t>
+  </si>
+  <si>
+    <t>43.898</t>
+  </si>
+  <si>
+    <t>43.785</t>
+  </si>
+  <si>
+    <t>43.848</t>
+  </si>
+  <si>
+    <t>43.759</t>
+  </si>
+  <si>
+    <t>43.55</t>
+  </si>
+  <si>
+    <t>43.262</t>
+  </si>
+  <si>
+    <t>43.135</t>
+  </si>
+  <si>
+    <t>43.235</t>
+  </si>
+  <si>
+    <t>43.268</t>
+  </si>
+  <si>
+    <t>43.295</t>
+  </si>
+  <si>
+    <t>43.358</t>
+  </si>
+  <si>
+    <t>43.298</t>
+  </si>
+  <si>
+    <t>43.315</t>
+  </si>
+  <si>
+    <t>43.18</t>
+  </si>
+  <si>
+    <t>43.155</t>
+  </si>
+  <si>
+    <t>42.985</t>
+  </si>
+  <si>
+    <t>43.11</t>
+  </si>
+  <si>
+    <t>43.13</t>
+  </si>
+  <si>
+    <t>43.199</t>
+  </si>
+  <si>
+    <t>43.275</t>
+  </si>
+  <si>
+    <t>43.028</t>
+  </si>
+  <si>
+    <t>42.92</t>
+  </si>
+  <si>
+    <t>42.88</t>
+  </si>
+  <si>
+    <t>42.79</t>
+  </si>
+  <si>
+    <t>43.258</t>
+  </si>
+  <si>
+    <t>43.22</t>
+  </si>
+  <si>
+    <t>43.255</t>
+  </si>
+  <si>
+    <t>43.46</t>
+  </si>
+  <si>
+    <t>43.48</t>
+  </si>
+  <si>
+    <t>43.09</t>
+  </si>
+  <si>
+    <t>43.3</t>
+  </si>
+  <si>
+    <t>43.138</t>
+  </si>
+  <si>
+    <t>43.095</t>
+  </si>
+  <si>
+    <t>42.778</t>
+  </si>
+  <si>
+    <t>42.585</t>
+  </si>
+  <si>
+    <t>42.475</t>
+  </si>
+  <si>
+    <t>42.335</t>
+  </si>
+  <si>
+    <t>42.18</t>
+  </si>
+  <si>
+    <t>42.4</t>
+  </si>
+  <si>
+    <t>42.435</t>
   </si>
   <si>
     <t>42.27</t>
   </si>
   <si>
-    <t>42.18</t>
-[...164 lines deleted...]
-    <t>42.078</t>
+    <t>50.9</t>
+  </si>
+  <si>
+    <t>50.93</t>
+  </si>
+  <si>
+    <t>50.4</t>
+  </si>
+  <si>
+    <t>50.66</t>
+  </si>
+  <si>
+    <t>50.405</t>
+  </si>
+  <si>
+    <t>50.705</t>
+  </si>
+  <si>
+    <t>50.58</t>
+  </si>
+  <si>
+    <t>50.5</t>
+  </si>
+  <si>
+    <t>50.53</t>
+  </si>
+  <si>
+    <t>51.168</t>
+  </si>
+  <si>
+    <t>51.09</t>
+  </si>
+  <si>
+    <t>51.04</t>
+  </si>
+  <si>
+    <t>50.75</t>
+  </si>
+  <si>
+    <t>50.665</t>
+  </si>
+  <si>
+    <t>50.885</t>
+  </si>
+  <si>
+    <t>50.83</t>
+  </si>
+  <si>
+    <t>50.48</t>
+  </si>
+  <si>
+    <t>50.85</t>
+  </si>
+  <si>
+    <t>50.955</t>
+  </si>
+  <si>
+    <t>50.94</t>
+  </si>
+  <si>
+    <t>50.985</t>
+  </si>
+  <si>
+    <t>51.085</t>
+  </si>
+  <si>
+    <t>50.89</t>
+  </si>
+  <si>
+    <t>51.22</t>
+  </si>
+  <si>
+    <t>51.23</t>
+  </si>
+  <si>
+    <t>51.185</t>
+  </si>
+  <si>
+    <t>51.12</t>
+  </si>
+  <si>
+    <t>51.015</t>
+  </si>
+  <si>
+    <t>51.27</t>
+  </si>
+  <si>
+    <t>51.31</t>
+  </si>
+  <si>
+    <t>51.088</t>
   </si>
   <si>
     <t>50.82</t>
   </si>
   <si>
-    <t>50.89</t>
-[...1 lines deleted...]
-  <si>
     <t>51.03</t>
   </si>
   <si>
     <t>50.99</t>
   </si>
   <si>
-    <t>51.12</t>
-[...4 lines deleted...]
-  <si>
     <t>51.21</t>
   </si>
   <si>
     <t>51.1</t>
   </si>
   <si>
     <t>51.155</t>
   </si>
   <si>
     <t>50.615</t>
   </si>
   <si>
     <t>50.525</t>
   </si>
   <si>
     <t>50.545</t>
   </si>
   <si>
-    <t>50.66</t>
-[...1 lines deleted...]
-  <si>
     <t>50.26</t>
   </si>
   <si>
     <t>50.425</t>
   </si>
   <si>
     <t>50.16</t>
   </si>
   <si>
     <t>50.38</t>
   </si>
   <si>
     <t>50.54</t>
   </si>
   <si>
     <t>50.175</t>
   </si>
   <si>
     <t>50.275</t>
   </si>
   <si>
     <t>49.955</t>
   </si>
   <si>
     <t>49.83</t>
   </si>
   <si>
     <t>49.585</t>
   </si>
   <si>
     <t>49.55</t>
   </si>
   <si>
     <t>49.53</t>
   </si>
   <si>
     <t>49.73</t>
   </si>
   <si>
     <t>49.92</t>
   </si>
   <si>
-    <t>49.505</t>
-[...83 lines deleted...]
-    <t>48.64</t>
+    <t>50.96</t>
+  </si>
+  <si>
+    <t>50.46</t>
+  </si>
+  <si>
+    <t>50.72</t>
+  </si>
+  <si>
+    <t>50.465</t>
+  </si>
+  <si>
+    <t>50.765</t>
+  </si>
+  <si>
+    <t>50.64</t>
+  </si>
+  <si>
+    <t>50.56</t>
+  </si>
+  <si>
+    <t>50.59</t>
+  </si>
+  <si>
+    <t>51.228</t>
+  </si>
+  <si>
+    <t>50.81</t>
+  </si>
+  <si>
+    <t>50.725</t>
+  </si>
+  <si>
+    <t>50.945</t>
+  </si>
+  <si>
+    <t>50.899</t>
+  </si>
+  <si>
+    <t>50.55</t>
+  </si>
+  <si>
+    <t>50.91</t>
+  </si>
+  <si>
+    <t>50.998</t>
+  </si>
+  <si>
+    <t>51.045</t>
+  </si>
+  <si>
+    <t>51.145</t>
+  </si>
+  <si>
+    <t>50.95</t>
+  </si>
+  <si>
+    <t>51.098</t>
+  </si>
+  <si>
+    <t>51.278</t>
+  </si>
+  <si>
+    <t>51.287</t>
+  </si>
+  <si>
+    <t>51.245</t>
+  </si>
+  <si>
+    <t>51.18</t>
+  </si>
+  <si>
+    <t>51.075</t>
+  </si>
+  <si>
+    <t>51.33</t>
+  </si>
+  <si>
+    <t>51.37</t>
+  </si>
+  <si>
+    <t>51.148</t>
   </si>
   <si>
     <t>50.88</t>
   </si>
   <si>
-    <t>50.95</t>
-[...4 lines deleted...]
-  <si>
     <t>51.05</t>
   </si>
   <si>
     <t>51.06</t>
   </si>
   <si>
-    <t>51.18</t>
-[...1 lines deleted...]
-  <si>
     <t>51.29</t>
   </si>
   <si>
-    <t>51.27</t>
-[...1 lines deleted...]
-  <si>
     <t>51.16</t>
   </si>
   <si>
     <t>51.215</t>
   </si>
   <si>
     <t>50.675</t>
   </si>
   <si>
     <t>50.586</t>
   </si>
   <si>
     <t>50.605</t>
   </si>
   <si>
-    <t>50.72</t>
-[...1 lines deleted...]
-  <si>
     <t>50.318</t>
   </si>
   <si>
     <t>50.485</t>
   </si>
   <si>
     <t>50.22</t>
   </si>
   <si>
     <t>50.44</t>
   </si>
   <si>
     <t>50.6</t>
   </si>
   <si>
     <t>50.235</t>
   </si>
   <si>
     <t>50.335</t>
   </si>
   <si>
     <t>50.015</t>
   </si>
   <si>
     <t>49.898</t>
   </si>
   <si>
     <t>49.645</t>
   </si>
   <si>
     <t>49.608</t>
   </si>
   <si>
     <t>49.59</t>
   </si>
   <si>
     <t>49.79</t>
   </si>
   <si>
     <t>49.978</t>
   </si>
   <si>
-    <t>49.565</t>
-[...80 lines deleted...]
-    <t>48.7</t>
+    <t>11.93</t>
+  </si>
+  <si>
+    <t>11.95</t>
+  </si>
+  <si>
+    <t>11.76</t>
+  </si>
+  <si>
+    <t>11.835</t>
+  </si>
+  <si>
+    <t>11.77</t>
+  </si>
+  <si>
+    <t>11.9</t>
+  </si>
+  <si>
+    <t>11.84</t>
+  </si>
+  <si>
+    <t>11.83</t>
+  </si>
+  <si>
+    <t>11.99</t>
+  </si>
+  <si>
+    <t>11.97</t>
+  </si>
+  <si>
+    <t>12.03</t>
+  </si>
+  <si>
+    <t>11.865</t>
+  </si>
+  <si>
+    <t>11.87</t>
+  </si>
+  <si>
+    <t>11.91</t>
+  </si>
+  <si>
+    <t>11.79</t>
+  </si>
+  <si>
+    <t>12.07</t>
+  </si>
+  <si>
+    <t>12.058</t>
+  </si>
+  <si>
+    <t>12.1</t>
+  </si>
+  <si>
+    <t>12.115</t>
+  </si>
+  <si>
+    <t>12.045</t>
+  </si>
+  <si>
+    <t>12.15</t>
+  </si>
+  <si>
+    <t>12.145</t>
+  </si>
+  <si>
+    <t>12.137</t>
+  </si>
+  <si>
+    <t>12.105</t>
+  </si>
+  <si>
+    <t>12.16</t>
+  </si>
+  <si>
+    <t>12.165</t>
   </si>
   <si>
     <t>12.06</t>
   </si>
   <si>
     <t>12.075</t>
   </si>
   <si>
     <t>12.085</t>
   </si>
   <si>
-    <t>12.15</t>
-[...1 lines deleted...]
-  <si>
     <t>12.169</t>
   </si>
   <si>
     <t>12.185</t>
   </si>
   <si>
     <t>12.14</t>
   </si>
   <si>
     <t>12.04</t>
   </si>
   <si>
-    <t>11.99</t>
-[...10 lines deleted...]
-  <si>
     <t>11.96</t>
   </si>
   <si>
     <t>11.993</t>
   </si>
   <si>
     <t>11.925</t>
   </si>
   <si>
     <t>11.857</t>
   </si>
   <si>
-    <t>11.84</t>
-[...4 lines deleted...]
-  <si>
     <t>11.75</t>
   </si>
   <si>
     <t>11.8</t>
   </si>
   <si>
-    <t>11.77</t>
-[...74 lines deleted...]
-    <t>12.105</t>
+    <t>11.953</t>
+  </si>
+  <si>
+    <t>11.977</t>
+  </si>
+  <si>
+    <t>11.787</t>
+  </si>
+  <si>
+    <t>11.923</t>
+  </si>
+  <si>
+    <t>11.856</t>
+  </si>
+  <si>
+    <t>12.02</t>
+  </si>
+  <si>
+    <t>11.998</t>
+  </si>
+  <si>
+    <t>12.055</t>
+  </si>
+  <si>
+    <t>11.885</t>
+  </si>
+  <si>
+    <t>11.89</t>
+  </si>
+  <si>
+    <t>11.935</t>
+  </si>
+  <si>
+    <t>11.957</t>
+  </si>
+  <si>
+    <t>11.82</t>
+  </si>
+  <si>
+    <t>12.022</t>
+  </si>
+  <si>
+    <t>12.094</t>
+  </si>
+  <si>
+    <t>12.08</t>
+  </si>
+  <si>
+    <t>12.125</t>
+  </si>
+  <si>
+    <t>12.067</t>
+  </si>
+  <si>
+    <t>12.098</t>
+  </si>
+  <si>
+    <t>12.173</t>
+  </si>
+  <si>
+    <t>12.194</t>
+  </si>
+  <si>
+    <t>12.163</t>
+  </si>
+  <si>
+    <t>12.135</t>
+  </si>
+  <si>
+    <t>12.18</t>
+  </si>
+  <si>
+    <t>12.195</t>
+  </si>
+  <si>
+    <t>12.143</t>
   </si>
   <si>
     <t>12.11</t>
   </si>
   <si>
     <t>12.175</t>
   </si>
   <si>
     <t>12.199</t>
   </si>
   <si>
     <t>12.215</t>
   </si>
   <si>
     <t>12.178</t>
   </si>
   <si>
     <t>12.015</t>
   </si>
   <si>
     <t>11.918</t>
   </si>
   <si>
-    <t>12.03</t>
-[...1 lines deleted...]
-  <si>
     <t>11.928</t>
   </si>
   <si>
     <t>11.986</t>
   </si>
   <si>
     <t>12.028</t>
   </si>
   <si>
     <t>11.955</t>
   </si>
   <si>
-    <t>11.885</t>
-[...1 lines deleted...]
-  <si>
     <t>11.8625</t>
   </si>
   <si>
-    <t>11.79</t>
-[...1 lines deleted...]
-  <si>
     <t>11.78</t>
   </si>
   <si>
     <t>11.827</t>
-  </si>
-[...70 lines deleted...]
-    <t>11.515</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1364,2093 +1322,2093 @@
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:7" hidden="1"/>
     <row r="4" spans="1:7">
       <c r="A4" s="2">
-        <v>46061</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46106</v>
+      </c>
+      <c r="B4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C4" t="s">
+        <v>57</v>
+      </c>
+      <c r="D4" t="s">
+        <v>108</v>
+      </c>
+      <c r="E4" t="s">
+        <v>162</v>
+      </c>
+      <c r="F4" t="s">
+        <v>213</v>
+      </c>
+      <c r="G4" t="s">
+        <v>252</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2">
-        <v>46060</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46105</v>
+      </c>
+      <c r="B5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D5" t="s">
+        <v>109</v>
+      </c>
+      <c r="E5" t="s">
+        <v>141</v>
+      </c>
+      <c r="F5" t="s">
+        <v>214</v>
+      </c>
+      <c r="G5" t="s">
+        <v>253</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="2">
-        <v>46059</v>
+        <v>46104</v>
       </c>
       <c r="B6" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="C6" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D6" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="E6" t="s">
         <v>163</v>
       </c>
-      <c r="F6">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="F6" t="s">
+        <v>215</v>
+      </c>
+      <c r="G6" t="s">
+        <v>254</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="2">
-        <v>46058</v>
-[...17 lines deleted...]
-        <v>221</v>
+        <v>46103</v>
+      </c>
+      <c r="B7">
+        <v>0</v>
+      </c>
+      <c r="C7">
+        <v>0</v>
+      </c>
+      <c r="D7">
+        <v>0</v>
+      </c>
+      <c r="E7">
+        <v>0</v>
+      </c>
+      <c r="F7">
+        <v>0</v>
+      </c>
+      <c r="G7">
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="2">
-        <v>46057</v>
-[...17 lines deleted...]
-        <v>264</v>
+        <v>46102</v>
+      </c>
+      <c r="B8">
+        <v>0</v>
+      </c>
+      <c r="C8">
+        <v>0</v>
+      </c>
+      <c r="D8">
+        <v>0</v>
+      </c>
+      <c r="E8">
+        <v>0</v>
+      </c>
+      <c r="F8">
+        <v>0</v>
+      </c>
+      <c r="G8">
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="2">
-        <v>46056</v>
+        <v>46101</v>
       </c>
       <c r="B9" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C9" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="D9" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E9" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="F9" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="G9" t="s">
-        <v>265</v>
+        <v>224</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="2">
-        <v>46055</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>46100</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>61</v>
+      </c>
+      <c r="D10" t="s">
+        <v>112</v>
       </c>
       <c r="E10" t="s">
-        <v>167</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>165</v>
+      </c>
+      <c r="F10" t="s">
+        <v>217</v>
+      </c>
+      <c r="G10" t="s">
+        <v>251</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="2">
-        <v>46054</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46099</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>61</v>
+      </c>
+      <c r="D11" t="s">
+        <v>113</v>
+      </c>
+      <c r="E11" t="s">
+        <v>166</v>
+      </c>
+      <c r="F11" t="s">
+        <v>218</v>
+      </c>
+      <c r="G11" t="s">
+        <v>255</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="2">
-        <v>46053</v>
-[...11 lines deleted...]
-        <v>0</v>
+        <v>46098</v>
+      </c>
+      <c r="B12" t="s">
+        <v>10</v>
+      </c>
+      <c r="C12" t="s">
+        <v>62</v>
+      </c>
+      <c r="D12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E12" t="s">
+        <v>167</v>
       </c>
       <c r="F12">
         <v>0</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="2">
-        <v>46052</v>
+        <v>46097</v>
       </c>
       <c r="B13" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C13" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="D13" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="E13" t="s">
         <v>168</v>
       </c>
       <c r="F13" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="G13" t="s">
-        <v>266</v>
+        <v>224</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="2">
-        <v>46051</v>
-[...17 lines deleted...]
-        <v>267</v>
+        <v>46096</v>
+      </c>
+      <c r="B14">
+        <v>0</v>
+      </c>
+      <c r="C14">
+        <v>0</v>
+      </c>
+      <c r="D14">
+        <v>0</v>
+      </c>
+      <c r="E14">
+        <v>0</v>
+      </c>
+      <c r="F14">
+        <v>0</v>
+      </c>
+      <c r="G14">
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="2">
-        <v>46050</v>
-[...17 lines deleted...]
-        <v>268</v>
+        <v>46095</v>
+      </c>
+      <c r="B15">
+        <v>0</v>
+      </c>
+      <c r="C15">
+        <v>0</v>
+      </c>
+      <c r="D15">
+        <v>0</v>
+      </c>
+      <c r="E15">
+        <v>0</v>
+      </c>
+      <c r="F15">
+        <v>0</v>
+      </c>
+      <c r="G15">
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="2">
-        <v>46049</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>46094</v>
+      </c>
+      <c r="B16" t="s">
+        <v>12</v>
       </c>
       <c r="C16" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="D16" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="E16" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="F16" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="G16" t="s">
-        <v>269</v>
+        <v>256</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="2">
-        <v>46048</v>
+        <v>46093</v>
       </c>
       <c r="B17" t="s">
         <v>13</v>
       </c>
       <c r="C17" t="s">
-        <v>7</v>
+        <v>65</v>
       </c>
       <c r="D17" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="E17" t="s">
-        <v>172</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>170</v>
+      </c>
+      <c r="F17" t="s">
+        <v>221</v>
+      </c>
+      <c r="G17" t="s">
+        <v>257</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="2">
-        <v>46047</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46092</v>
+      </c>
+      <c r="B18" t="s">
+        <v>14</v>
+      </c>
+      <c r="C18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D18" t="s">
+        <v>118</v>
+      </c>
+      <c r="E18" t="s">
+        <v>144</v>
+      </c>
+      <c r="F18" t="s">
+        <v>222</v>
+      </c>
+      <c r="G18" t="s">
+        <v>258</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="2">
-        <v>46046</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46091</v>
+      </c>
+      <c r="B19" t="s">
+        <v>15</v>
+      </c>
+      <c r="C19" t="s">
+        <v>67</v>
+      </c>
+      <c r="D19" t="s">
+        <v>119</v>
+      </c>
+      <c r="E19" t="s">
+        <v>143</v>
+      </c>
+      <c r="F19" t="s">
+        <v>223</v>
+      </c>
+      <c r="G19" t="s">
+        <v>259</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="2">
-        <v>46045</v>
+        <v>46090</v>
       </c>
       <c r="B20" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C20" t="s">
-        <v>71</v>
+        <v>9</v>
       </c>
       <c r="D20" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="E20" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="F20" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="G20" t="s">
-        <v>219</v>
+        <v>260</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="2">
-        <v>46044</v>
-[...17 lines deleted...]
-        <v>270</v>
+        <v>46089</v>
+      </c>
+      <c r="B21">
+        <v>0</v>
+      </c>
+      <c r="C21">
+        <v>0</v>
+      </c>
+      <c r="D21">
+        <v>0</v>
+      </c>
+      <c r="E21">
+        <v>0</v>
+      </c>
+      <c r="F21">
+        <v>0</v>
+      </c>
+      <c r="G21">
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="2">
-        <v>46043</v>
-[...17 lines deleted...]
-        <v>229</v>
+        <v>46088</v>
+      </c>
+      <c r="B22">
+        <v>0</v>
+      </c>
+      <c r="C22">
+        <v>0</v>
+      </c>
+      <c r="D22">
+        <v>0</v>
+      </c>
+      <c r="E22">
+        <v>0</v>
+      </c>
+      <c r="F22">
+        <v>0</v>
+      </c>
+      <c r="G22">
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="2">
-        <v>46042</v>
+        <v>46087</v>
       </c>
       <c r="B23" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C23" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="D23" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E23" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="F23" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>225</v>
+      </c>
+      <c r="G23" t="s">
+        <v>261</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="2">
-        <v>46041</v>
+        <v>46086</v>
       </c>
       <c r="B24" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C24" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="D24" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E24" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="F24" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="G24" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="2">
-        <v>46040</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46085</v>
+      </c>
+      <c r="B25" t="s">
+        <v>19</v>
+      </c>
+      <c r="C25" t="s">
+        <v>70</v>
+      </c>
+      <c r="D25" t="s">
+        <v>123</v>
+      </c>
+      <c r="E25" t="s">
+        <v>174</v>
+      </c>
+      <c r="F25" t="s">
+        <v>213</v>
+      </c>
+      <c r="G25" t="s">
+        <v>263</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="2">
-        <v>46039</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46084</v>
+      </c>
+      <c r="B26" t="s">
+        <v>20</v>
+      </c>
+      <c r="C26" t="s">
+        <v>71</v>
+      </c>
+      <c r="D26" t="s">
+        <v>124</v>
+      </c>
+      <c r="E26" t="s">
+        <v>175</v>
+      </c>
+      <c r="F26" t="s">
+        <v>227</v>
+      </c>
+      <c r="G26" t="s">
+        <v>264</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="2">
-        <v>46038</v>
+        <v>46083</v>
       </c>
       <c r="B27" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C27" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="D27" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="E27" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="F27">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>265</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="2">
-        <v>46037</v>
-[...11 lines deleted...]
-        <v>175</v>
+        <v>46082</v>
+      </c>
+      <c r="B28">
+        <v>0</v>
+      </c>
+      <c r="C28">
+        <v>0</v>
+      </c>
+      <c r="D28">
+        <v>0</v>
+      </c>
+      <c r="E28">
+        <v>0</v>
       </c>
       <c r="F28">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>272</v>
+        <v>0</v>
+      </c>
+      <c r="G28">
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="2">
-        <v>46036</v>
-[...17 lines deleted...]
-        <v>273</v>
+        <v>46081</v>
+      </c>
+      <c r="B29">
+        <v>0</v>
+      </c>
+      <c r="C29">
+        <v>0</v>
+      </c>
+      <c r="D29">
+        <v>0</v>
+      </c>
+      <c r="E29">
+        <v>0</v>
+      </c>
+      <c r="F29">
+        <v>0</v>
+      </c>
+      <c r="G29">
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="2">
-        <v>46035</v>
+        <v>46080</v>
       </c>
       <c r="B30" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="C30" t="s">
         <v>73</v>
       </c>
       <c r="D30" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="E30" t="s">
-        <v>180</v>
-[...5 lines deleted...]
-        <v>274</v>
+        <v>176</v>
+      </c>
+      <c r="F30">
+        <v>0</v>
+      </c>
+      <c r="G30">
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="2">
-        <v>46034</v>
+        <v>46079</v>
       </c>
       <c r="B31" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C31" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="D31" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E31" t="s">
-        <v>181</v>
+        <v>135</v>
       </c>
       <c r="F31" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="G31" t="s">
-        <v>275</v>
+        <v>266</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="2">
-        <v>46033</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46078</v>
+      </c>
+      <c r="B32" t="s">
+        <v>24</v>
+      </c>
+      <c r="C32" t="s">
+        <v>75</v>
+      </c>
+      <c r="D32" t="s">
+        <v>127</v>
+      </c>
+      <c r="E32" t="s">
+        <v>177</v>
+      </c>
+      <c r="F32" t="s">
+        <v>229</v>
+      </c>
+      <c r="G32" t="s">
+        <v>267</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="2">
-        <v>46032</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46077</v>
+      </c>
+      <c r="B33" t="s">
+        <v>25</v>
+      </c>
+      <c r="C33" t="s">
+        <v>76</v>
+      </c>
+      <c r="D33" t="s">
+        <v>128</v>
+      </c>
+      <c r="E33" t="s">
+        <v>178</v>
+      </c>
+      <c r="F33" t="s">
+        <v>230</v>
+      </c>
+      <c r="G33" t="s">
+        <v>268</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="2">
-        <v>46031</v>
+        <v>46076</v>
       </c>
       <c r="B34" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C34" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="D34" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="E34" t="s">
-        <v>182</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>179</v>
+      </c>
+      <c r="F34" t="s">
+        <v>231</v>
+      </c>
+      <c r="G34" t="s">
+        <v>235</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="2">
-        <v>46030</v>
-[...17 lines deleted...]
-        <v>276</v>
+        <v>46075</v>
+      </c>
+      <c r="B35">
+        <v>0</v>
+      </c>
+      <c r="C35">
+        <v>0</v>
+      </c>
+      <c r="D35">
+        <v>0</v>
+      </c>
+      <c r="E35">
+        <v>0</v>
+      </c>
+      <c r="F35">
+        <v>0</v>
+      </c>
+      <c r="G35">
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="2">
-        <v>46029</v>
-[...17 lines deleted...]
-        <v>277</v>
+        <v>46074</v>
+      </c>
+      <c r="B36">
+        <v>0</v>
+      </c>
+      <c r="C36">
+        <v>0</v>
+      </c>
+      <c r="D36">
+        <v>0</v>
+      </c>
+      <c r="E36">
+        <v>0</v>
+      </c>
+      <c r="F36">
+        <v>0</v>
+      </c>
+      <c r="G36">
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="2">
-        <v>46028</v>
+        <v>46073</v>
       </c>
       <c r="B37" t="s">
         <v>25</v>
       </c>
       <c r="C37" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="D37" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="E37" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="F37" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="G37" t="s">
-        <v>278</v>
+        <v>269</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="2">
-        <v>46027</v>
+        <v>46072</v>
       </c>
       <c r="B38" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C38" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="D38" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
       <c r="E38" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="F38" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="G38" t="s">
-        <v>279</v>
+        <v>270</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="2">
-        <v>46026</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46071</v>
+      </c>
+      <c r="B39" t="s">
+        <v>28</v>
+      </c>
+      <c r="C39" t="s">
+        <v>79</v>
+      </c>
+      <c r="D39" t="s">
+        <v>131</v>
+      </c>
+      <c r="E39" t="s">
+        <v>182</v>
+      </c>
+      <c r="F39" t="s">
+        <v>233</v>
+      </c>
+      <c r="G39" t="s">
+        <v>271</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="2">
-        <v>46025</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46070</v>
+      </c>
+      <c r="B40" t="s">
+        <v>25</v>
+      </c>
+      <c r="C40" t="s">
+        <v>76</v>
+      </c>
+      <c r="D40" t="s">
+        <v>132</v>
+      </c>
+      <c r="E40" t="s">
+        <v>183</v>
+      </c>
+      <c r="F40" t="s">
+        <v>234</v>
+      </c>
+      <c r="G40" t="s">
+        <v>238</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="2">
-        <v>46024</v>
+        <v>46069</v>
       </c>
       <c r="B41" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C41" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D41" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="E41" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="F41" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="G41" t="s">
-        <v>280</v>
+        <v>272</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="2">
-        <v>46023</v>
-[...11 lines deleted...]
-        <v>188</v>
+        <v>46068</v>
+      </c>
+      <c r="B42">
+        <v>0</v>
+      </c>
+      <c r="C42">
+        <v>0</v>
+      </c>
+      <c r="D42">
+        <v>0</v>
+      </c>
+      <c r="E42">
+        <v>0</v>
       </c>
       <c r="F42">
         <v>0</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="2">
-        <v>46022</v>
-[...17 lines deleted...]
-        <v>239</v>
+        <v>46067</v>
+      </c>
+      <c r="B43">
+        <v>0</v>
+      </c>
+      <c r="C43">
+        <v>0</v>
+      </c>
+      <c r="D43">
+        <v>0</v>
+      </c>
+      <c r="E43">
+        <v>0</v>
+      </c>
+      <c r="F43">
+        <v>0</v>
+      </c>
+      <c r="G43">
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="2">
-        <v>46021</v>
+        <v>46066</v>
       </c>
       <c r="B44" t="s">
         <v>30</v>
       </c>
       <c r="C44" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D44" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E44" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="F44" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="G44" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="2">
-        <v>46020</v>
+        <v>46065</v>
       </c>
       <c r="B45" t="s">
         <v>31</v>
       </c>
       <c r="C45" t="s">
-        <v>50</v>
+        <v>82</v>
       </c>
       <c r="D45" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="E45" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="F45" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="G45" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="2">
-        <v>46019</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46064</v>
+      </c>
+      <c r="B46" t="s">
+        <v>32</v>
+      </c>
+      <c r="C46" t="s">
+        <v>46</v>
+      </c>
+      <c r="D46" t="s">
+        <v>136</v>
+      </c>
+      <c r="E46" t="s">
+        <v>187</v>
+      </c>
+      <c r="F46" t="s">
+        <v>237</v>
+      </c>
+      <c r="G46" t="s">
+        <v>275</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="2">
-        <v>46018</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46063</v>
+      </c>
+      <c r="B47" t="s">
+        <v>33</v>
+      </c>
+      <c r="C47" t="s">
+        <v>83</v>
+      </c>
+      <c r="D47" t="s">
+        <v>137</v>
+      </c>
+      <c r="E47" t="s">
+        <v>188</v>
+      </c>
+      <c r="F47" t="s">
+        <v>238</v>
+      </c>
+      <c r="G47" t="s">
+        <v>276</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="2">
-        <v>46017</v>
+        <v>46062</v>
       </c>
       <c r="B48" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C48" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D48" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="E48" t="s">
-        <v>191</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>189</v>
+      </c>
+      <c r="F48" t="s">
+        <v>231</v>
+      </c>
+      <c r="G48" t="s">
+        <v>277</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="2">
-        <v>46016</v>
+        <v>46061</v>
       </c>
       <c r="B49">
-        <v>42</v>
-[...8 lines deleted...]
-        <v>138</v>
+        <v>0</v>
+      </c>
+      <c r="C49">
+        <v>0</v>
+      </c>
+      <c r="D49">
+        <v>0</v>
+      </c>
+      <c r="E49">
+        <v>0</v>
       </c>
       <c r="F49">
         <v>0</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="2">
-        <v>46015</v>
-[...17 lines deleted...]
-        <v>280</v>
+        <v>46060</v>
+      </c>
+      <c r="B50">
+        <v>0</v>
+      </c>
+      <c r="C50">
+        <v>0</v>
+      </c>
+      <c r="D50">
+        <v>0</v>
+      </c>
+      <c r="E50">
+        <v>0</v>
+      </c>
+      <c r="F50">
+        <v>0</v>
+      </c>
+      <c r="G50">
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="2">
-        <v>46014</v>
+        <v>46059</v>
       </c>
       <c r="B51" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="C51" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="D51" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E51" t="s">
-        <v>193</v>
-[...5 lines deleted...]
-        <v>282</v>
+        <v>190</v>
+      </c>
+      <c r="F51">
+        <v>0</v>
+      </c>
+      <c r="G51">
+        <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="2">
-        <v>46013</v>
+        <v>46058</v>
       </c>
       <c r="B52" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C52" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="D52" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="E52" t="s">
-        <v>194</v>
+        <v>180</v>
       </c>
       <c r="F52" t="s">
+        <v>239</v>
+      </c>
+      <c r="G52" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="2">
-        <v>46012</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46057</v>
+      </c>
+      <c r="B53" t="s">
+        <v>35</v>
+      </c>
+      <c r="C53" t="s">
+        <v>24</v>
+      </c>
+      <c r="D53" t="s">
+        <v>140</v>
+      </c>
+      <c r="E53" t="s">
+        <v>118</v>
+      </c>
+      <c r="F53" t="s">
+        <v>240</v>
+      </c>
+      <c r="G53" t="s">
+        <v>236</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="2">
-        <v>46011</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46056</v>
+      </c>
+      <c r="B54" t="s">
+        <v>36</v>
+      </c>
+      <c r="C54" t="s">
+        <v>86</v>
+      </c>
+      <c r="D54" t="s">
+        <v>141</v>
+      </c>
+      <c r="E54" t="s">
+        <v>191</v>
+      </c>
+      <c r="F54" t="s">
+        <v>241</v>
+      </c>
+      <c r="G54" t="s">
+        <v>278</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="2">
-        <v>46010</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>46055</v>
+      </c>
+      <c r="B55">
+        <v>43</v>
       </c>
       <c r="C55" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>87</v>
+      </c>
+      <c r="D55">
+        <v>51</v>
       </c>
       <c r="E55" t="s">
-        <v>195</v>
-[...5 lines deleted...]
-        <v>284</v>
+        <v>192</v>
+      </c>
+      <c r="F55">
+        <v>0</v>
+      </c>
+      <c r="G55">
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="2">
-        <v>46009</v>
-[...11 lines deleted...]
-        <v>196</v>
+        <v>46054</v>
+      </c>
+      <c r="B56">
+        <v>0</v>
+      </c>
+      <c r="C56">
+        <v>0</v>
+      </c>
+      <c r="D56">
+        <v>0</v>
+      </c>
+      <c r="E56">
+        <v>0</v>
       </c>
       <c r="F56">
         <v>0</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="2">
-        <v>46008</v>
-[...17 lines deleted...]
-        <v>285</v>
+        <v>46053</v>
+      </c>
+      <c r="B57">
+        <v>0</v>
+      </c>
+      <c r="C57">
+        <v>0</v>
+      </c>
+      <c r="D57">
+        <v>0</v>
+      </c>
+      <c r="E57">
+        <v>0</v>
+      </c>
+      <c r="F57">
+        <v>0</v>
+      </c>
+      <c r="G57">
+        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="2">
-        <v>46007</v>
+        <v>46052</v>
       </c>
       <c r="B58" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C58" t="s">
-        <v>41</v>
+        <v>88</v>
       </c>
       <c r="D58" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="E58" t="s">
-        <v>198</v>
+        <v>185</v>
       </c>
       <c r="F58" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="G58" t="s">
-        <v>286</v>
+        <v>279</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="2">
-        <v>46006</v>
+        <v>46051</v>
       </c>
       <c r="B59" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C59" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="D59" t="s">
-        <v>141</v>
+        <v>132</v>
       </c>
       <c r="E59" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="F59" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="G59" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="2">
-        <v>46005</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46050</v>
+      </c>
+      <c r="B60" t="s">
+        <v>39</v>
+      </c>
+      <c r="C60" t="s">
+        <v>90</v>
+      </c>
+      <c r="D60" t="s">
+        <v>142</v>
+      </c>
+      <c r="E60" t="s">
+        <v>136</v>
+      </c>
+      <c r="F60" t="s">
+        <v>243</v>
+      </c>
+      <c r="G60" t="s">
+        <v>281</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="2">
-        <v>46004</v>
+        <v>46049</v>
       </c>
       <c r="B61">
-        <v>0</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>43</v>
+      </c>
+      <c r="C61" t="s">
+        <v>32</v>
+      </c>
+      <c r="D61" t="s">
+        <v>143</v>
+      </c>
+      <c r="E61" t="s">
+        <v>194</v>
+      </c>
+      <c r="F61" t="s">
+        <v>244</v>
+      </c>
+      <c r="G61" t="s">
+        <v>282</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="2">
-        <v>46003</v>
+        <v>46048</v>
       </c>
       <c r="B62" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C62" t="s">
-        <v>96</v>
+        <v>34</v>
       </c>
       <c r="D62" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E62" t="s">
-        <v>200</v>
-[...5 lines deleted...]
-        <v>288</v>
+        <v>195</v>
+      </c>
+      <c r="F62">
+        <v>0</v>
+      </c>
+      <c r="G62">
+        <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="2">
-        <v>46002</v>
-[...17 lines deleted...]
-        <v>289</v>
+        <v>46047</v>
+      </c>
+      <c r="B63">
+        <v>0</v>
+      </c>
+      <c r="C63">
+        <v>0</v>
+      </c>
+      <c r="D63">
+        <v>0</v>
+      </c>
+      <c r="E63">
+        <v>0</v>
+      </c>
+      <c r="F63">
+        <v>0</v>
+      </c>
+      <c r="G63">
+        <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="2">
-        <v>46001</v>
-[...17 lines deleted...]
-        <v>290</v>
+        <v>46046</v>
+      </c>
+      <c r="B64">
+        <v>0</v>
+      </c>
+      <c r="C64">
+        <v>0</v>
+      </c>
+      <c r="D64">
+        <v>0</v>
+      </c>
+      <c r="E64">
+        <v>0</v>
+      </c>
+      <c r="F64">
+        <v>0</v>
+      </c>
+      <c r="G64">
+        <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="2">
-        <v>46000</v>
+        <v>46045</v>
       </c>
       <c r="B65" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="C65" t="s">
-        <v>35</v>
+        <v>80</v>
       </c>
       <c r="D65" t="s">
         <v>145</v>
       </c>
       <c r="E65" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="F65" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="G65" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="2">
-        <v>45999</v>
+        <v>46044</v>
       </c>
       <c r="B66" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="C66" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="D66" t="s">
         <v>146</v>
       </c>
       <c r="E66" t="s">
-        <v>150</v>
+        <v>197</v>
       </c>
       <c r="F66" t="s">
-        <v>247</v>
+        <v>221</v>
       </c>
       <c r="G66" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="2">
-        <v>45998</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46043</v>
+      </c>
+      <c r="B67" t="s">
+        <v>42</v>
+      </c>
+      <c r="C67" t="s">
+        <v>92</v>
+      </c>
+      <c r="D67" t="s">
+        <v>147</v>
+      </c>
+      <c r="E67" t="s">
+        <v>198</v>
+      </c>
+      <c r="F67" t="s">
+        <v>214</v>
+      </c>
+      <c r="G67" t="s">
+        <v>222</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="2">
-        <v>45997</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>46042</v>
+      </c>
+      <c r="B68" t="s">
+        <v>41</v>
+      </c>
+      <c r="C68" t="s">
+        <v>93</v>
+      </c>
+      <c r="D68" t="s">
+        <v>111</v>
+      </c>
+      <c r="E68" t="s">
+        <v>164</v>
+      </c>
+      <c r="F68" t="s">
+        <v>222</v>
       </c>
       <c r="G68">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="2">
-        <v>45996</v>
+        <v>46041</v>
       </c>
       <c r="B69" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C69" t="s">
-        <v>28</v>
+        <v>86</v>
       </c>
       <c r="D69" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E69" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="F69" t="s">
-        <v>248</v>
+        <v>218</v>
       </c>
       <c r="G69" t="s">
-        <v>250</v>
+        <v>284</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="2">
-        <v>45995</v>
-[...17 lines deleted...]
-        <v>292</v>
+        <v>46040</v>
+      </c>
+      <c r="B70">
+        <v>0</v>
+      </c>
+      <c r="C70">
+        <v>0</v>
+      </c>
+      <c r="D70">
+        <v>0</v>
+      </c>
+      <c r="E70">
+        <v>0</v>
+      </c>
+      <c r="F70">
+        <v>0</v>
+      </c>
+      <c r="G70">
+        <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="2">
-        <v>45994</v>
-[...17 lines deleted...]
-        <v>293</v>
+        <v>46039</v>
+      </c>
+      <c r="B71">
+        <v>0</v>
+      </c>
+      <c r="C71">
+        <v>0</v>
+      </c>
+      <c r="D71">
+        <v>0</v>
+      </c>
+      <c r="E71">
+        <v>0</v>
+      </c>
+      <c r="F71">
+        <v>0</v>
+      </c>
+      <c r="G71">
+        <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="2">
-        <v>45993</v>
+        <v>46038</v>
       </c>
       <c r="B72" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="C72" t="s">
-        <v>49</v>
+        <v>94</v>
       </c>
       <c r="D72" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="E72" t="s">
-        <v>206</v>
-[...5 lines deleted...]
-        <v>294</v>
+        <v>200</v>
+      </c>
+      <c r="F72">
+        <v>0</v>
+      </c>
+      <c r="G72">
+        <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="2">
-        <v>45992</v>
+        <v>46037</v>
       </c>
       <c r="B73" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="C73" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D73" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="E73" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>198</v>
+      </c>
+      <c r="F73">
+        <v>12</v>
       </c>
       <c r="G73" t="s">
-        <v>295</v>
+        <v>223</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="2">
-        <v>45991</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46036</v>
+      </c>
+      <c r="B74" t="s">
+        <v>46</v>
+      </c>
+      <c r="C74" t="s">
+        <v>96</v>
+      </c>
+      <c r="D74" t="s">
+        <v>150</v>
+      </c>
+      <c r="E74" t="s">
+        <v>201</v>
+      </c>
+      <c r="F74" t="s">
+        <v>218</v>
+      </c>
+      <c r="G74" t="s">
+        <v>285</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="2">
-        <v>45990</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46035</v>
+      </c>
+      <c r="B75" t="s">
+        <v>42</v>
+      </c>
+      <c r="C75" t="s">
+        <v>92</v>
+      </c>
+      <c r="D75" t="s">
+        <v>151</v>
+      </c>
+      <c r="E75" t="s">
+        <v>202</v>
+      </c>
+      <c r="F75" t="s">
+        <v>246</v>
+      </c>
+      <c r="G75" t="s">
+        <v>286</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="2">
-        <v>45989</v>
+        <v>46034</v>
       </c>
       <c r="B76" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="C76" t="s">
-        <v>52</v>
+        <v>97</v>
       </c>
       <c r="D76" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E76" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="F76" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="G76" t="s">
-        <v>254</v>
+        <v>287</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="2">
-        <v>45988</v>
-[...17 lines deleted...]
-        <v>296</v>
+        <v>46033</v>
+      </c>
+      <c r="B77">
+        <v>0</v>
+      </c>
+      <c r="C77">
+        <v>0</v>
+      </c>
+      <c r="D77">
+        <v>0</v>
+      </c>
+      <c r="E77">
+        <v>0</v>
+      </c>
+      <c r="F77">
+        <v>0</v>
+      </c>
+      <c r="G77">
+        <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="2">
-        <v>45987</v>
-[...17 lines deleted...]
-        <v>296</v>
+        <v>46032</v>
+      </c>
+      <c r="B78">
+        <v>0</v>
+      </c>
+      <c r="C78">
+        <v>0</v>
+      </c>
+      <c r="D78">
+        <v>0</v>
+      </c>
+      <c r="E78">
+        <v>0</v>
+      </c>
+      <c r="F78">
+        <v>0</v>
+      </c>
+      <c r="G78">
+        <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="2">
-        <v>45986</v>
+        <v>46031</v>
       </c>
       <c r="B79" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="C79" t="s">
-        <v>54</v>
+        <v>98</v>
       </c>
       <c r="D79" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="E79" t="s">
-        <v>210</v>
-[...5 lines deleted...]
-        <v>297</v>
+        <v>204</v>
+      </c>
+      <c r="F79">
+        <v>0</v>
+      </c>
+      <c r="G79">
+        <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="2">
-        <v>45985</v>
+        <v>46030</v>
       </c>
       <c r="B80" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="C80" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D80" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="E80" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="F80" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="G80" t="s">
-        <v>298</v>
+        <v>288</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="2">
-        <v>45984</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46029</v>
+      </c>
+      <c r="B81" t="s">
+        <v>49</v>
+      </c>
+      <c r="C81" t="s">
+        <v>100</v>
+      </c>
+      <c r="D81" t="s">
+        <v>155</v>
+      </c>
+      <c r="E81" t="s">
+        <v>206</v>
+      </c>
+      <c r="F81" t="s">
+        <v>249</v>
+      </c>
+      <c r="G81" t="s">
+        <v>260</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="2">
-        <v>45983</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46028</v>
+      </c>
+      <c r="B82" t="s">
+        <v>50</v>
+      </c>
+      <c r="C82" t="s">
+        <v>101</v>
+      </c>
+      <c r="D82" t="s">
+        <v>156</v>
+      </c>
+      <c r="E82" t="s">
+        <v>207</v>
+      </c>
+      <c r="F82" t="s">
+        <v>219</v>
+      </c>
+      <c r="G82" t="s">
+        <v>289</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="2">
-        <v>45982</v>
+        <v>46027</v>
       </c>
       <c r="B83" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="C83" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="D83" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E83" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="F83" t="s">
-        <v>257</v>
+        <v>215</v>
       </c>
       <c r="G83" t="s">
-        <v>299</v>
+        <v>227</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="2">
-        <v>45981</v>
-[...17 lines deleted...]
-        <v>300</v>
+        <v>46026</v>
+      </c>
+      <c r="B84">
+        <v>0</v>
+      </c>
+      <c r="C84">
+        <v>0</v>
+      </c>
+      <c r="D84">
+        <v>0</v>
+      </c>
+      <c r="E84">
+        <v>0</v>
+      </c>
+      <c r="F84">
+        <v>0</v>
+      </c>
+      <c r="G84">
+        <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="2">
-        <v>45980</v>
-[...17 lines deleted...]
-        <v>301</v>
+        <v>46025</v>
+      </c>
+      <c r="B85">
+        <v>0</v>
+      </c>
+      <c r="C85">
+        <v>0</v>
+      </c>
+      <c r="D85">
+        <v>0</v>
+      </c>
+      <c r="E85">
+        <v>0</v>
+      </c>
+      <c r="F85">
+        <v>0</v>
+      </c>
+      <c r="G85">
+        <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="2">
-        <v>45979</v>
+        <v>46024</v>
       </c>
       <c r="B86" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="C86" t="s">
         <v>103</v>
       </c>
       <c r="D86" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="E86" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="F86" t="s">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="G86" t="s">
-        <v>302</v>
+        <v>290</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="2">
-        <v>45978</v>
+        <v>46023</v>
       </c>
       <c r="B87" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="C87" t="s">
-        <v>57</v>
+        <v>104</v>
       </c>
       <c r="D87" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="E87" t="s">
-        <v>216</v>
-[...5 lines deleted...]
-        <v>297</v>
+        <v>210</v>
+      </c>
+      <c r="F87">
+        <v>0</v>
+      </c>
+      <c r="G87">
+        <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="2">
-        <v>45977</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46022</v>
+      </c>
+      <c r="B88" t="s">
+        <v>54</v>
+      </c>
+      <c r="C88" t="s">
+        <v>105</v>
+      </c>
+      <c r="D88" t="s">
+        <v>160</v>
+      </c>
+      <c r="E88" t="s">
+        <v>211</v>
+      </c>
+      <c r="F88" t="s">
+        <v>250</v>
+      </c>
+      <c r="G88" t="s">
+        <v>217</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="2">
-        <v>45976</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>46021</v>
+      </c>
+      <c r="B89" t="s">
+        <v>55</v>
+      </c>
+      <c r="C89" t="s">
+        <v>106</v>
+      </c>
+      <c r="D89" t="s">
+        <v>161</v>
+      </c>
+      <c r="E89" t="s">
+        <v>212</v>
+      </c>
+      <c r="F89" t="s">
+        <v>251</v>
+      </c>
+      <c r="G89" t="s">
+        <v>291</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="2">
-        <v>45975</v>
+        <v>46020</v>
       </c>
       <c r="B90" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="C90" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="D90" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="E90" t="s">
+        <v>211</v>
+      </c>
+      <c r="F90" t="s">
         <v>217</v>
       </c>
-      <c r="F90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G90" t="s">
-        <v>303</v>
+        <v>227</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="2">
-        <v>45974</v>
-[...17 lines deleted...]
-        <v>304</v>
+        <v>46019</v>
+      </c>
+      <c r="B91">
+        <v>0</v>
+      </c>
+      <c r="C91">
+        <v>0</v>
+      </c>
+      <c r="D91">
+        <v>0</v>
+      </c>
+      <c r="E91">
+        <v>0</v>
+      </c>
+      <c r="F91">
+        <v>0</v>
+      </c>
+      <c r="G91">
+        <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="2">
-        <v>45973</v>
-[...17 lines deleted...]
-        <v>305</v>
+        <v>46018</v>
+      </c>
+      <c r="B92">
+        <v>0</v>
+      </c>
+      <c r="C92">
+        <v>0</v>
+      </c>
+      <c r="D92">
+        <v>0</v>
+      </c>
+      <c r="E92">
+        <v>0</v>
+      </c>
+      <c r="F92">
+        <v>0</v>
+      </c>
+      <c r="G92">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:G1"/>
   </mergeCells>
   <conditionalFormatting sqref="A1:G92">
     <cfRule type="notContainsErrors" dxfId="0" priority="1">
       <formula>NOT(ISERROR(A1))</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>